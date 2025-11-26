--- v0 (2025-10-10)
+++ v1 (2025-11-26)
@@ -1,163 +1,166 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w:rsidR="00E97402" w:rsidRDefault="00223F34">
       <w:pPr>
         <w:pStyle w:val="Text"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
-                  <wp:posOffset>-73025</wp:posOffset>
+                  <wp:posOffset>-41127</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>-298450</wp:posOffset>
+                  <wp:posOffset>-74635</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1145540" cy="224155"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Metin Kutusu 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1145540" cy="224155"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00680D99" w:rsidRDefault="00680D99" w:rsidP="00191280">
+                          <w:p w:rsidR="00D72EAB" w:rsidRDefault="00D72EAB" w:rsidP="00191280">
                             <w:r>
                               <w:t>Research Article</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Metin Kutusu 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-5.75pt;margin-top:-23.5pt;width:90.2pt;height:17.65pt;z-index:-251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQApgDFhtwIAAL0FAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1v0zAQ/o7Ef7D8PcsLTttES6etaRBi&#10;A6TBD3ATp7FI7GA7TQfiv3N22q7bhISAfIhs3/m5e+4e3+XVvmvRjinNpchweBFgxEQpKy62Gf7y&#10;ufAWGGlDRUVbKViGH5jGV8vXry7HPmWRbGRbMYUAROh07DPcGNOnvq/LhnVUX8ieCTDWUnXUwFZt&#10;/UrREdC71o+CYOaPUlW9kiXTGk7zyYiXDr+uWWk+1rVmBrUZhtyM+yv339i/v7yk6VbRvuHlIQ36&#10;F1l0lAsIeoLKqaFoUPwFVMdLJbWszUUpO1/WNS+Z4wBswuAZm/uG9sxxgeLo/lQm/f9gyw+7Twrx&#10;KsMRRoJ20KI7ZrhA7wcz6AFFtkJjr1NwvO/B1exv5B467djq/laWXzUSctVQsWXXSsmxYbSCDEN7&#10;0z+7OuFoC7IZ72QFoehgpAPa16qz5YOCIECHTj2cusP2BpU2ZEjimICpBFsUkTCOXQiaHm/3Spu3&#10;THbILjKsoPsOne5utbHZ0PToYoMJWfC2dQpoxZMDcJxOIDZctTabhWvojyRI1ov1gngkmq09EuS5&#10;d12siDcrwnmcv8lXqzz8aeOGJG14VTFhwxzFFZI/a95B5pMsTvLSsuWVhbMpabXdrFqFdhTEXbjv&#10;UJAzN/9pGq4IwOUZpTAiwU2UeMVsMfdIQWIvmQcLLwiTm2QWkITkxVNKt1ywf6eExgwncRRPYvot&#10;t8B9L7nRtOMGxkfLuwwvTk40tRJci8q11lDeTuuzUtj0H0sB7T422gnWanRSq9lv9oBiVbyR1QNI&#10;V0lQFogQZh4sGqm+YzTC/Miw/jZQxTBq3wmQfxISq1XjNiSeR7BR55bNuYWKEqAybDCaliszDamh&#10;V3zbQKTpwQl5DU+m5k7Nj1kdHhrMCEfqMM/sEDrfO6/Hqbv8BQAA//8DAFBLAwQUAAYACAAAACEA&#10;bn913N4AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70h9B2srcWvtoP6GOFUF4gqi&#10;0Erc3HibRI3XUew24e3ZcoHbjubT7Ey2GVwjrtiF2pOGZKpAIBXe1lRq+Px4maxAhGjImsYTavjG&#10;AJt8dJeZ1Pqe3vG6i6XgEAqp0VDF2KZShqJCZ8LUt0jsnXznTGTZldJ2pudw18gHpRbSmZr4Q2Va&#10;fKqwOO8uTsP+9fR1mKm38tnN294PSpJbS63vx8P2EUTEIf7BcKvP1SHnTkd/IRtEo2GSJHNG+Zgt&#10;edSNWKzWII6/1hJknsn/G/IfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACmAMWG3AgAA&#10;vQUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAG5/ddze&#10;AAAACwEAAA8AAAAAAAAAAAAAAAAAEQUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAc&#10;BgAAAAA=&#10;" filled="f" stroked="f">
+              <v:shape id="Metin Kutusu 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-3.25pt;margin-top:-5.9pt;width:90.2pt;height:17.65pt;z-index:-251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQApgDFhtwIAAL0FAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1v0zAQ/o7Ef7D8PcsLTttES6etaRBi&#10;A6TBD3ATp7FI7GA7TQfiv3N22q7bhISAfIhs3/m5e+4e3+XVvmvRjinNpchweBFgxEQpKy62Gf7y&#10;ufAWGGlDRUVbKViGH5jGV8vXry7HPmWRbGRbMYUAROh07DPcGNOnvq/LhnVUX8ieCTDWUnXUwFZt&#10;/UrREdC71o+CYOaPUlW9kiXTGk7zyYiXDr+uWWk+1rVmBrUZhtyM+yv339i/v7yk6VbRvuHlIQ36&#10;F1l0lAsIeoLKqaFoUPwFVMdLJbWszUUpO1/WNS+Z4wBswuAZm/uG9sxxgeLo/lQm/f9gyw+7Twrx&#10;KsMRRoJ20KI7ZrhA7wcz6AFFtkJjr1NwvO/B1exv5B467djq/laWXzUSctVQsWXXSsmxYbSCDEN7&#10;0z+7OuFoC7IZ72QFoehgpAPa16qz5YOCIECHTj2cusP2BpU2ZEjimICpBFsUkTCOXQiaHm/3Spu3&#10;THbILjKsoPsOne5utbHZ0PToYoMJWfC2dQpoxZMDcJxOIDZctTabhWvojyRI1ov1gngkmq09EuS5&#10;d12siDcrwnmcv8lXqzz8aeOGJG14VTFhwxzFFZI/a95B5pMsTvLSsuWVhbMpabXdrFqFdhTEXbjv&#10;UJAzN/9pGq4IwOUZpTAiwU2UeMVsMfdIQWIvmQcLLwiTm2QWkITkxVNKt1ywf6eExgwncRRPYvot&#10;t8B9L7nRtOMGxkfLuwwvTk40tRJci8q11lDeTuuzUtj0H0sB7T422gnWanRSq9lv9oBiVbyR1QNI&#10;V0lQFogQZh4sGqm+YzTC/Miw/jZQxTBq3wmQfxISq1XjNiSeR7BR55bNuYWKEqAybDCaliszDamh&#10;V3zbQKTpwQl5DU+m5k7Nj1kdHhrMCEfqMM/sEDrfO6/Hqbv8BQAA//8DAFBLAwQUAAYACAAAACEA&#10;dra5ed4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkblvSjQ5Wmk4IxBW0&#10;DZC4ZY3XVjRO1WRreft5p+1kWf70+/vz1ehaccQ+NJ40JFMFAqn0tqFKw9f2ffIEIkRD1rSeUMM/&#10;BlgVtze5yawfaI3HTawEh1DIjIY6xi6TMpQ1OhOmvkPi2973zkRe+0ra3gwc7lo5U2ohnWmIP9Sm&#10;w9cay7/NwWn4/tj//jyoz+rNpd3gRyXJLaXW93fjyzOIiGO8wHDWZ3Uo2GnnD2SDaDVMFimTPJOE&#10;K5yBx/kSxE7DbJ6CLHJ53aA4AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACmAMWG3AgAA&#10;vQUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHa2uXne&#10;AAAACQEAAA8AAAAAAAAAAAAAAAAAEQUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAc&#10;BgAAAAA=&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00680D99" w:rsidRDefault="00680D99" w:rsidP="00191280">
+                    <w:p w:rsidR="00D72EAB" w:rsidRDefault="00D72EAB" w:rsidP="00191280">
                       <w:r>
                         <w:t>Research Article</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="0052412D">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00CE014D">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> MACROBUTTON MTEditEquationSection2 </w:instrText>
@@ -243,92 +246,84 @@
       <w:pPr>
         <w:framePr w:w="9360" w:hSpace="187" w:vSpace="187" w:wrap="notBeside" w:vAnchor="text" w:hAnchor="page" w:xAlign="center" w:y="1"/>
         <w:spacing w:line="200" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C131E7">
         <w:rPr>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t xml:space="preserve">Preparation of Papers for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>Balkan Journal of Electrical and Computer Engineering</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C131E7" w:rsidRPr="00C131E7" w:rsidRDefault="00EE7B74" w:rsidP="00C131E7">
+    <w:p w:rsidR="00C131E7" w:rsidRPr="00C131E7" w:rsidRDefault="00DE46D6" w:rsidP="00C131E7">
       <w:pPr>
         <w:pStyle w:val="Authors"/>
         <w:framePr w:wrap="notBeside"/>
       </w:pPr>
       <w:r>
-        <w:t>First Author (</w:t>
+        <w:t>Musa Yilmaz</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE7B74">
+        <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00F116FD">
         <w:t xml:space="preserve">Name </w:t>
       </w:r>
       <w:r w:rsidR="00DC0C27">
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00F116FD">
+      <w:r>
         <w:t>urname</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00EE7B74">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00DC0C27">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00EE7B74">
         <w:t xml:space="preserve">Second Author </w:t>
       </w:r>
       <w:r w:rsidR="00DC0C27">
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00EE7B74">
         <w:t>Third Author</w:t>
-      </w:r>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F73CC8" w:rsidRDefault="00E97402" w:rsidP="00F73CC8">
       <w:pPr>
         <w:pStyle w:val="Abstract"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Abstract</w:t>
       </w:r>
       <w:r>
         <w:t>—</w:t>
       </w:r>
       <w:r w:rsidR="00F73CC8">
         <w:t>These instructions give you guidelines for preparing papers for IEEE Transactions and Journals</w:t>
       </w:r>
       <w:r w:rsidR="00F73CC8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>.</w:t>
@@ -428,337 +423,330 @@
     </w:p>
     <w:p w:rsidR="00271356" w:rsidRDefault="00271356" w:rsidP="00271356">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:smallCaps/>
         </w:rPr>
         <w:t>HIS</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> DOCUMENT is a template for Microsoft </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Word</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> versions 6.0 or later. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004001AE" w:rsidRDefault="004001AE" w:rsidP="004001AE">
+    <w:p w:rsidR="004001AE" w:rsidRDefault="00B07F44" w:rsidP="004001AE">
       <w:pPr>
         <w:pStyle w:val="Text"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Use either SI (MKS) or CGS as primary units. (SI units are strongly encouraged.) English units may be used as secondary units (in parentheses). </w:t>
-[...51 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251660800" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251660800" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="658BB7C9" wp14:editId="3C167C2D">
                 <wp:simplePos x="0" y="0"/>
-                <wp:positionH relativeFrom="column">
-                  <wp:align>center</wp:align>
+                <wp:positionH relativeFrom="margin">
+                  <wp:posOffset>-73660</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>27305</wp:posOffset>
+                  <wp:posOffset>1715135</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="3191510" cy="2073275"/>
-                <wp:effectExtent l="0" t="0" r="1270" b="3175"/>
+                <wp:extent cx="3265805" cy="2073275"/>
+                <wp:effectExtent l="0" t="0" r="0" b="3175"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="1" name="Metin Kutusu 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="3191510" cy="2073275"/>
+                          <a:ext cx="3265805" cy="2073275"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00673912" w:rsidRDefault="00673912" w:rsidP="00673912">
+                          <w:p w:rsidR="00D72EAB" w:rsidRDefault="00DE46D6" w:rsidP="00673912">
                             <w:pPr>
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                                 <w:lang w:val="en-AU"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
-                              <w:t>Name Surname</w:t>
+                              <w:t>Musa Yilmaz</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="009C3578">
+                            <w:r w:rsidR="00D72EAB" w:rsidRPr="009C3578">
                               <w:rPr>
                                 <w:bCs/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t xml:space="preserve">, is with </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="009C3578">
+                            <w:r w:rsidR="00D72EAB" w:rsidRPr="009C3578">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                                 <w:lang w:val="en-AU"/>
                               </w:rPr>
                               <w:t>Department of Electri</w:t>
                             </w:r>
+                            <w:r w:rsidR="00D72EAB">
+                              <w:rPr>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                                <w:lang w:val="en-AU"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">cal </w:t>
+                            </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                                 <w:lang w:val="en-AU"/>
                               </w:rPr>
-                              <w:t>cal Engineering University of Istanbul Technical University,</w:t>
+                              <w:t xml:space="preserve">Electronics </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="009C3578">
+                            <w:r w:rsidR="00D72EAB">
+                              <w:rPr>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                                <w:lang w:val="en-AU"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Engineering University of </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                                <w:lang w:val="en-AU"/>
+                              </w:rPr>
+                              <w:t>California Riverside,</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00D72EAB" w:rsidRPr="009C3578">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                                 <w:lang w:val="en-AU"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                                 <w:lang w:val="en-AU"/>
                               </w:rPr>
-                              <w:t>Istanbul, Turkey,</w:t>
+                              <w:t>Riverside</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="009C3578">
+                            <w:r w:rsidR="00D72EAB">
+                              <w:rPr>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                                <w:lang w:val="en-AU"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">, </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                                <w:lang w:val="en-AU"/>
+                              </w:rPr>
+                              <w:t>United States</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00D72EAB">
+                              <w:rPr>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                                <w:lang w:val="en-AU"/>
+                              </w:rPr>
+                              <w:t>,</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00D72EAB" w:rsidRPr="009C3578">
                               <w:rPr>
                                 <w:bCs/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t xml:space="preserve">(e-mail: </w:t>
                             </w:r>
                             <w:hyperlink r:id="rId8" w:history="1">
-                              <w:r w:rsidRPr="00713FD3">
+                              <w:r w:rsidRPr="009A6925">
                                 <w:rPr>
                                   <w:rStyle w:val="Kpr"/>
                                   <w:sz w:val="16"/>
                                   <w:szCs w:val="16"/>
                                   <w:lang w:val="en-AU"/>
                                 </w:rPr>
-                                <w:t>bajece@hotmail.com</w:t>
+                                <w:t>musay@ucr.edu</w:t>
                               </w:r>
                             </w:hyperlink>
-                            <w:r>
+                            <w:r w:rsidR="00D72EAB">
                               <w:rPr>
                                 <w:rStyle w:val="Kpr"/>
                                 <w:color w:val="auto"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                                 <w:u w:val="none"/>
                                 <w:lang w:val="en-AU"/>
                               </w:rPr>
                               <w:t>).</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00673912" w:rsidRDefault="00223F34" w:rsidP="00673912">
+                          <w:p w:rsidR="00D72EAB" w:rsidRDefault="00D72EAB" w:rsidP="00673912">
                             <w:pPr>
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                                 <w:lang w:val="en-AU"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:noProof/>
-                                <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
                               </w:rPr>
                               <w:drawing>
-                                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="155DB48D" wp14:editId="46E452EC">
                                   <wp:extent cx="152400" cy="152400"/>
                                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                                   <wp:docPr id="116" name="Resim 116" descr="ORCID iD icon"/>
                                   <wp:cNvGraphicFramePr>
                                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                                   </wp:cNvGraphicFramePr>
                                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                         <pic:nvPicPr>
                                           <pic:cNvPr id="0" name="Picture 116" descr="ORCID iD icon"/>
                                           <pic:cNvPicPr>
                                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                                           </pic:cNvPicPr>
                                         </pic:nvPicPr>
                                         <pic:blipFill>
                                           <a:blip r:embed="rId9">
                                             <a:extLst>
                                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                               </a:ext>
                                             </a:extLst>
                                           </a:blip>
                                           <a:srcRect/>
                                           <a:stretch>
                                             <a:fillRect/>
                                           </a:stretch>
                                         </pic:blipFill>
                                         <pic:spPr bwMode="auto">
                                           <a:xfrm>
                                             <a:off x="0" y="0"/>
                                             <a:ext cx="152400" cy="152400"/>
                                           </a:xfrm>
                                           <a:prstGeom prst="rect">
                                             <a:avLst/>
                                           </a:prstGeom>
                                           <a:noFill/>
                                           <a:ln>
                                             <a:noFill/>
                                           </a:ln>
                                         </pic:spPr>
                                       </pic:pic>
                                     </a:graphicData>
                                   </a:graphic>
                                 </wp:inline>
                               </w:drawing>
                             </w:r>
-                            <w:r w:rsidR="00673912" w:rsidRPr="000154A7">
+                            <w:r w:rsidRPr="000154A7">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                                 <w:lang w:val="en-AU"/>
                               </w:rPr>
                               <w:t>https://orcid.org/0000-0002-2306-6008</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00673912" w:rsidRPr="009C3578" w:rsidRDefault="00673912" w:rsidP="00673912">
+                          <w:p w:rsidR="00D72EAB" w:rsidRPr="009C3578" w:rsidRDefault="00D72EAB" w:rsidP="00673912">
                             <w:pPr>
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:sz w:val="10"/>
                                 <w:szCs w:val="10"/>
                                 <w:lang w:val="en-AU"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w:rsidR="00673912" w:rsidRDefault="00673912" w:rsidP="00673912">
+                          <w:p w:rsidR="00D72EAB" w:rsidRDefault="00D72EAB" w:rsidP="00673912">
                             <w:pPr>
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                                 <w:lang w:val="en-AU"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>Name Surname</w:t>
                             </w:r>
                             <w:r w:rsidRPr="009C3578">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t xml:space="preserve">, </w:t>
                             </w:r>
                             <w:r w:rsidRPr="009C3578">
@@ -802,555 +790,644 @@
                               <w:t xml:space="preserve">(e-mail: </w:t>
                             </w:r>
                             <w:hyperlink r:id="rId10" w:history="1">
                               <w:r w:rsidRPr="00713FD3">
                                 <w:rPr>
                                   <w:rStyle w:val="Kpr"/>
                                   <w:sz w:val="16"/>
                                   <w:szCs w:val="16"/>
                                   <w:lang w:val="en-AU"/>
                                 </w:rPr>
                                 <w:t>bajece@hotmail.com</w:t>
                               </w:r>
                             </w:hyperlink>
                             <w:r>
                               <w:rPr>
                                 <w:rStyle w:val="Kpr"/>
                                 <w:color w:val="auto"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                                 <w:u w:val="none"/>
                                 <w:lang w:val="en-AU"/>
                               </w:rPr>
                               <w:t>).</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00673912" w:rsidRDefault="00223F34" w:rsidP="00673912">
+                          <w:p w:rsidR="00D72EAB" w:rsidRDefault="00D72EAB" w:rsidP="00673912">
                             <w:pPr>
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                                 <w:lang w:val="en-AU"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:noProof/>
-                                <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
                               </w:rPr>
                               <w:drawing>
-                                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="404E0F6F" wp14:editId="0DB2FE27">
                                   <wp:extent cx="152400" cy="152400"/>
                                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                                   <wp:docPr id="117" name="Resim 117" descr="ORCID iD icon"/>
                                   <wp:cNvGraphicFramePr>
                                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                                   </wp:cNvGraphicFramePr>
                                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                         <pic:nvPicPr>
                                           <pic:cNvPr id="0" name="Picture 117" descr="ORCID iD icon"/>
                                           <pic:cNvPicPr>
                                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                                           </pic:cNvPicPr>
                                         </pic:nvPicPr>
                                         <pic:blipFill>
                                           <a:blip r:embed="rId9">
                                             <a:extLst>
                                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                               </a:ext>
                                             </a:extLst>
                                           </a:blip>
                                           <a:srcRect/>
                                           <a:stretch>
                                             <a:fillRect/>
                                           </a:stretch>
                                         </pic:blipFill>
                                         <pic:spPr bwMode="auto">
                                           <a:xfrm>
                                             <a:off x="0" y="0"/>
                                             <a:ext cx="152400" cy="152400"/>
                                           </a:xfrm>
                                           <a:prstGeom prst="rect">
                                             <a:avLst/>
                                           </a:prstGeom>
                                           <a:noFill/>
                                           <a:ln>
                                             <a:noFill/>
                                           </a:ln>
                                         </pic:spPr>
                                       </pic:pic>
                                     </a:graphicData>
                                   </a:graphic>
                                 </wp:inline>
                               </w:drawing>
                             </w:r>
-                            <w:r w:rsidR="00673912" w:rsidRPr="000154A7">
+                            <w:r w:rsidRPr="000154A7">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                                 <w:lang w:val="en-AU"/>
                               </w:rPr>
                               <w:t>https://orcid.org/0000-0002-2306-6008</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00673912" w:rsidRPr="009C3578" w:rsidRDefault="00673912" w:rsidP="00673912">
+                          <w:p w:rsidR="00D72EAB" w:rsidRPr="009C3578" w:rsidRDefault="00D72EAB" w:rsidP="00673912">
                             <w:pPr>
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:sz w:val="10"/>
                                 <w:szCs w:val="10"/>
                                 <w:lang w:val="en-AU"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w:rsidR="00673912" w:rsidRDefault="00673912" w:rsidP="00673912">
+                          <w:p w:rsidR="00D72EAB" w:rsidRDefault="00D72EAB" w:rsidP="00673912">
                             <w:pPr>
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                                 <w:lang w:val="en-AU"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>Name Surname</w:t>
                             </w:r>
                             <w:r w:rsidRPr="009C3578">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t xml:space="preserve">, </w:t>
                             </w:r>
                             <w:r w:rsidRPr="009C3578">
                               <w:rPr>
                                 <w:bCs/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t xml:space="preserve">is with </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                                 <w:lang w:val="en-AU"/>
                               </w:rPr>
-                              <w:t>Department of Computer Engineering University of Istanbul Technical University,</w:t>
+                              <w:t>Dep</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00DE46D6">
+                              <w:rPr>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                                <w:lang w:val="en-AU"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">artment of Computer Engineering, </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                                <w:lang w:val="en-AU"/>
+                              </w:rPr>
+                              <w:t>Istanbul Technical University,</w:t>
                             </w:r>
                             <w:r w:rsidRPr="009C3578">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                                 <w:lang w:val="en-AU"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                                 <w:lang w:val="en-AU"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Istanbul, Turkey, </w:t>
                             </w:r>
                             <w:r w:rsidRPr="009C3578">
                               <w:rPr>
                                 <w:bCs/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t xml:space="preserve">(e-mail: </w:t>
                             </w:r>
                             <w:hyperlink r:id="rId11" w:history="1">
                               <w:r w:rsidRPr="00713FD3">
                                 <w:rPr>
                                   <w:rStyle w:val="Kpr"/>
                                   <w:sz w:val="16"/>
                                   <w:szCs w:val="16"/>
                                   <w:lang w:val="en-AU"/>
                                 </w:rPr>
                                 <w:t>bajece@hotmail.com</w:t>
                               </w:r>
                             </w:hyperlink>
                             <w:r>
                               <w:rPr>
                                 <w:rStyle w:val="Kpr"/>
                                 <w:color w:val="auto"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                                 <w:u w:val="none"/>
                                 <w:lang w:val="en-AU"/>
                               </w:rPr>
                               <w:t>).</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00673912" w:rsidRDefault="00223F34" w:rsidP="00673912">
+                          <w:p w:rsidR="00D72EAB" w:rsidRDefault="00D72EAB" w:rsidP="00673912">
                             <w:pPr>
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                                 <w:lang w:val="en-AU"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:noProof/>
-                                <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
                               </w:rPr>
                               <w:drawing>
-                                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="26CCD611" wp14:editId="1B3D10FC">
                                   <wp:extent cx="152400" cy="152400"/>
                                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                                   <wp:docPr id="118" name="Resim 118" descr="ORCID iD icon"/>
                                   <wp:cNvGraphicFramePr>
                                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                                   </wp:cNvGraphicFramePr>
                                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                         <pic:nvPicPr>
                                           <pic:cNvPr id="0" name="Picture 118" descr="ORCID iD icon"/>
                                           <pic:cNvPicPr>
                                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                                           </pic:cNvPicPr>
                                         </pic:nvPicPr>
                                         <pic:blipFill>
                                           <a:blip r:embed="rId9">
                                             <a:extLst>
                                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                               </a:ext>
                                             </a:extLst>
                                           </a:blip>
                                           <a:srcRect/>
                                           <a:stretch>
                                             <a:fillRect/>
                                           </a:stretch>
                                         </pic:blipFill>
                                         <pic:spPr bwMode="auto">
                                           <a:xfrm>
                                             <a:off x="0" y="0"/>
                                             <a:ext cx="152400" cy="152400"/>
                                           </a:xfrm>
                                           <a:prstGeom prst="rect">
                                             <a:avLst/>
                                           </a:prstGeom>
                                           <a:noFill/>
                                           <a:ln>
                                             <a:noFill/>
                                           </a:ln>
                                         </pic:spPr>
                                       </pic:pic>
                                     </a:graphicData>
                                   </a:graphic>
                                 </wp:inline>
                               </w:drawing>
                             </w:r>
-                            <w:r w:rsidR="00673912" w:rsidRPr="000154A7">
+                            <w:r w:rsidRPr="000154A7">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                                 <w:lang w:val="en-AU"/>
                               </w:rPr>
                               <w:t>https://orcid.org/0000-0002-2306-6008</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00673912" w:rsidRDefault="00673912" w:rsidP="00673912">
+                          <w:p w:rsidR="00D72EAB" w:rsidRDefault="00D72EAB" w:rsidP="00673912">
                             <w:pPr>
                               <w:pStyle w:val="DipnotMetni"/>
                               <w:rPr>
                                 <w:lang w:val="en-AU"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w:rsidR="00673912" w:rsidRDefault="00673912" w:rsidP="00673912">
+                          <w:p w:rsidR="00D72EAB" w:rsidRDefault="00D72EAB" w:rsidP="00673912">
                             <w:pPr>
                               <w:pStyle w:val="FigureCaption"/>
                               <w:jc w:val="left"/>
                               <w:rPr>
                                 <w:rFonts w:cs="Lato"/>
                                 <w:lang w:val="en-GB"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:cs="Lato"/>
                                 <w:lang w:val="en-GB"/>
                               </w:rPr>
-                              <w:t xml:space="preserve">Manuscript received Jan 16, 2023; accepted </w:t>
+                              <w:t>Manuscript received Jan 16, 202</w:t>
                             </w:r>
-                            <w:r w:rsidR="00223F34">
+                            <w:r w:rsidR="00986925">
                               <w:rPr>
                                 <w:rFonts w:cs="Lato"/>
                                 <w:lang w:val="en-GB"/>
                               </w:rPr>
-                              <w:t>Jan 16, 2024</w:t>
+                              <w:t>4</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Lato"/>
+                                <w:lang w:val="en-GB"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">; accepted </w:t>
+                            </w:r>
+                            <w:r w:rsidR="00986925">
+                              <w:rPr>
+                                <w:rFonts w:cs="Lato"/>
+                                <w:lang w:val="en-GB"/>
+                              </w:rPr>
+                              <w:t>March</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Lato"/>
+                                <w:lang w:val="en-GB"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> 16, 202</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00986925">
+                              <w:rPr>
+                                <w:rFonts w:cs="Lato"/>
+                                <w:lang w:val="en-GB"/>
+                              </w:rPr>
+                              <w:t>5</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:cs="Lato"/>
                                 <w:lang w:val="en-GB"/>
                               </w:rPr>
                               <w:t xml:space="preserve">. </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00673912" w:rsidRDefault="00673912" w:rsidP="00673912">
+                          <w:p w:rsidR="00D72EAB" w:rsidRDefault="00D72EAB" w:rsidP="00673912">
                             <w:pPr>
                               <w:pStyle w:val="Text"/>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:ind w:firstLine="0"/>
                               <w:rPr>
                                 <w:rFonts w:cs="Lato"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:cs="Lato"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t xml:space="preserve">DOI: </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rStyle w:val="Kpr"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>10.17694/bajece.1192012</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00673912" w:rsidRDefault="00673912"/>
-                          <w:p w:rsidR="00673912" w:rsidRDefault="00673912"/>
+                          <w:p w:rsidR="00D72EAB" w:rsidRDefault="00D72EAB"/>
+                          <w:p w:rsidR="00D72EAB" w:rsidRDefault="00D72EAB"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:2.15pt;width:251.3pt;height:163.25pt;z-index:251660800;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:center;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQALXkGVjAIAABsFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO2yAQfa/Uf0C8Z31ZZxNb66w22aaq&#10;uttW2vYDCOAY1QYKOPa26r93wEnWvTxUVf2AgRkOM3POcH0ztA06cGOFkiVOLmKMuKSKCbkv8aeP&#10;29kSI+uIZKRRkpf4iVt8s3r54rrXBU9VrRrGDQIQaYtel7h2ThdRZGnNW2IvlOYSjJUyLXGwNPuI&#10;GdIDettEaRxfRb0yTBtFubWwezca8SrgVxWn7n1VWe5QU2KIzYXRhHHnx2h1TYq9IboW9BgG+Yco&#10;WiIkXHqGuiOOoM6I36BaQY2yqnIXVLWRqipBecgBskniX7J5rInmIRcojtXnMtn/B0vfHT4YJBhw&#10;h5EkLVD0wJ2Q6G3nOtuh1Feo17YAx0cNrm5Yq8F7+2ytvlf0s0VSbWoi9/zWGNXXnDCIMPEno8nR&#10;Ecd6kF3/oBhcRTqnAtBQmdYDQkEQoANTT2d2+OAQhc3LJE/mCZgo2NJ4cZku5uEOUpyOa2Pda65a&#10;5CclNkB/gCeHe+t8OKQ4uYTwVSPYVjRNWJj9btMYdCAglW34juh26tZI7yyVPzYijjsQJdzhbT7e&#10;QP23PEmzeJ3ms+3VcjHLttl8li/i5SxO8nV+FWd5drf97gNMsqIWjHF5LyQ/yTDJ/o7mY0OMAgpC&#10;RH2J83k6HzmaRm+nScbh+1OSrXDQlY1oS7w8O5HCM/tKMkibFI6IZpxHP4cfqgw1OP1DVYIOPPWj&#10;CNywG46iAzCvkZ1iTyAMo4A2oBheFJjUynzFqIfuLLH90hHDMWreSBBXnmSZb+ewyOaLFBZmatlN&#10;LURSgCqxw2icbtz4BHTaiH0NN41yluoWBFmJIJXnqI4yhg4MOR1fC9/i03Xwen7TVj8AAAD//wMA&#10;UEsDBBQABgAIAAAAIQCXzzIG3AAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyD&#10;tUhcELVp2rSk2VSABOLa0g/YxG4SNV5Hsdukf4850eNoRjNv8u1kO3Exg28dI7zMFAjDldMt1wiH&#10;n8/nNQgfiDV1jg3C1XjYFvd3OWXajbwzl32oRSxhnxFCE0KfSemrxljyM9cbjt7RDZZClEMt9UBj&#10;LLednCuVSkstx4WGevPRmOq0P1uE4/f4tHwdy69wWO0W6Tu1q9JdER8fprcNiGCm8B+GP/yIDkVk&#10;Kt2ZtRcdQjwSEBYJiGgu1TwFUSIkiVqDLHJ5i1/8AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAAteQZWMAgAAGwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAJfPMgbcAAAABgEAAA8AAAAAAAAAAAAAAAAA5gQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAADvBQAAAAA=&#10;" stroked="f">
+              <v:shape w14:anchorId="658BB7C9" id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-5.8pt;margin-top:135.05pt;width:257.15pt;height:163.25pt;z-index:251660800;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAtRRxrjQIAABsFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO2yAQfa/Uf0C8Z31ZO4mtOKvNblNV&#10;zbaVtv0AYuMYFQMFHHtb9d874CTrXh6qqn7AwAyHmTlnWN0MLUdHqg2TosDRVYgRFaWsmDgU+NPH&#10;7WyJkbFEVIRLQQv8RA2+Wb98sepVTmPZSF5RjQBEmLxXBW6sVXkQmLKhLTFXUlEBxlrqllhY6kNQ&#10;adIDesuDOAznQS91pbQsqTGwez8a8drj1zUt7fu6NtQiXmCIzfpR+3HvxmC9IvlBE9Ww8hQG+Yco&#10;WsIEXHqBuieWoE6z36BaVmppZG2vStkGsq5ZSX0OkE0U/pLNY0MU9blAcYy6lMn8P9jy3fGDRqwC&#10;7jASpAWKHqhlAr3tbGc6FLsK9crk4PiowNUOGzk4b5etUTtZfjZIyLuGiAO91Vr2DSUVRBi5k8Hk&#10;6IhjHMi+f5AVXEU6Kz3QUOvWAUJBEKADU08XduhgUQmb1/E8XYYpRiXY4nBxHS9SfwfJz8eVNvY1&#10;lS1ykwJroN/Dk+POWBcOyc8uPnzJWbVlnPuFPuzvuEZHAlLZ+u+EbqZuXDhnId2xEXHcgSjhDmdz&#10;8Xrqv2VRnISbOJtt58vFLNkm6SxbhMtZGGWbbB4mWXK//e4CjJK8YVVFxY4JepZhlPwdzaeGGAXk&#10;hYj6AmdpnI4cTaM30yRD//0pyZZZ6ErO2gIvL04kd8y+EhWkTXJLGB/nwc/h+ypDDc5/XxWvA0f9&#10;KAI77IeT6ADMaWQvqycQhpZAG7APLwpMGqm/YtRDdxbYfOmIphjxNwLElUVJ4trZL5J0EcNCTy37&#10;qYWIEqAKbDEap3d2fAI6pdmhgZtGOQt5C4KsmZfKc1QnGUMH+pxOr4Vr8enaez2/aesfAAAA//8D&#10;AFBLAwQUAAYACAAAACEA7IoEuN8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8&#10;Q2QkLmhLW7GUlaYTIIG4buwB3MZrKxqnarK1e3vCCW62/On395e7xQ7iQpPvHWtI1wkI4saZnlsN&#10;x6/31RMIH5ANDo5Jw5U87KrbmxIL42be0+UQWhFD2BeooQthLKT0TUcW/dqNxPF2cpPFENeplWbC&#10;OYbbQWZJoqTFnuOHDkd666j5PpythtPn/LDZzvVHOOb7R/WKfV67q9b3d8vLM4hAS/iD4Vc/qkMV&#10;nWp3ZuPFoGGVpiqiGrI8SUFEYpNkOYg6DlulQFal/N+h+gEAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQAtRRxrjQIAABsFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQDsigS43wAAAAsBAAAPAAAAAAAAAAAAAAAAAOcEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAA8wUAAAAA&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00673912" w:rsidRDefault="00673912" w:rsidP="00673912">
+                    <w:p w:rsidR="00D72EAB" w:rsidRDefault="00DE46D6" w:rsidP="00673912">
                       <w:pPr>
                         <w:jc w:val="both"/>
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                           <w:lang w:val="en-AU"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
-                        <w:t>Name Surname</w:t>
+                        <w:t>Musa Yilmaz</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="009C3578">
+                      <w:r w:rsidR="00D72EAB" w:rsidRPr="009C3578">
                         <w:rPr>
                           <w:bCs/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t xml:space="preserve">, is with </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="009C3578">
+                      <w:r w:rsidR="00D72EAB" w:rsidRPr="009C3578">
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                           <w:lang w:val="en-AU"/>
                         </w:rPr>
                         <w:t>Department of Electri</w:t>
                       </w:r>
+                      <w:r w:rsidR="00D72EAB">
+                        <w:rPr>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                          <w:lang w:val="en-AU"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">cal </w:t>
+                      </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                           <w:lang w:val="en-AU"/>
                         </w:rPr>
-                        <w:t>cal Engineering University of Istanbul Technical University,</w:t>
+                        <w:t xml:space="preserve">Electronics </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="009C3578">
+                      <w:r w:rsidR="00D72EAB">
+                        <w:rPr>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                          <w:lang w:val="en-AU"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Engineering University of </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                          <w:lang w:val="en-AU"/>
+                        </w:rPr>
+                        <w:t>California Riverside,</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00D72EAB" w:rsidRPr="009C3578">
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                           <w:lang w:val="en-AU"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                           <w:lang w:val="en-AU"/>
                         </w:rPr>
-                        <w:t>Istanbul, Turkey,</w:t>
+                        <w:t>Riverside</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="009C3578">
+                      <w:r w:rsidR="00D72EAB">
+                        <w:rPr>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                          <w:lang w:val="en-AU"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">, </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                          <w:lang w:val="en-AU"/>
+                        </w:rPr>
+                        <w:t>United States</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00D72EAB">
+                        <w:rPr>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                          <w:lang w:val="en-AU"/>
+                        </w:rPr>
+                        <w:t>,</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00D72EAB" w:rsidRPr="009C3578">
                         <w:rPr>
                           <w:bCs/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t xml:space="preserve">(e-mail: </w:t>
                       </w:r>
                       <w:hyperlink r:id="rId12" w:history="1">
-                        <w:r w:rsidRPr="00713FD3">
+                        <w:r w:rsidRPr="009A6925">
                           <w:rPr>
                             <w:rStyle w:val="Kpr"/>
                             <w:sz w:val="16"/>
                             <w:szCs w:val="16"/>
                             <w:lang w:val="en-AU"/>
                           </w:rPr>
-                          <w:t>bajece@hotmail.com</w:t>
+                          <w:t>musay@ucr.edu</w:t>
                         </w:r>
                       </w:hyperlink>
-                      <w:r>
+                      <w:r w:rsidR="00D72EAB">
                         <w:rPr>
                           <w:rStyle w:val="Kpr"/>
                           <w:color w:val="auto"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                           <w:u w:val="none"/>
                           <w:lang w:val="en-AU"/>
                         </w:rPr>
                         <w:t>).</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00673912" w:rsidRDefault="00223F34" w:rsidP="00673912">
+                    <w:p w:rsidR="00D72EAB" w:rsidRDefault="00D72EAB" w:rsidP="00673912">
                       <w:pPr>
                         <w:jc w:val="both"/>
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                           <w:lang w:val="en-AU"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:noProof/>
-                          <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
                         </w:rPr>
                         <w:drawing>
-                          <wp:inline distT="0" distB="0" distL="0" distR="0">
+                          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="155DB48D" wp14:editId="46E452EC">
                             <wp:extent cx="152400" cy="152400"/>
                             <wp:effectExtent l="0" t="0" r="0" b="0"/>
                             <wp:docPr id="116" name="Resim 116" descr="ORCID iD icon"/>
                             <wp:cNvGraphicFramePr>
                               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                             </wp:cNvGraphicFramePr>
                             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                   <pic:nvPicPr>
                                     <pic:cNvPr id="0" name="Picture 116" descr="ORCID iD icon"/>
                                     <pic:cNvPicPr>
                                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                                     </pic:cNvPicPr>
                                   </pic:nvPicPr>
                                   <pic:blipFill>
                                     <a:blip r:embed="rId9">
                                       <a:extLst>
                                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                         </a:ext>
                                       </a:extLst>
                                     </a:blip>
                                     <a:srcRect/>
                                     <a:stretch>
                                       <a:fillRect/>
                                     </a:stretch>
                                   </pic:blipFill>
                                   <pic:spPr bwMode="auto">
                                     <a:xfrm>
                                       <a:off x="0" y="0"/>
                                       <a:ext cx="152400" cy="152400"/>
                                     </a:xfrm>
                                     <a:prstGeom prst="rect">
                                       <a:avLst/>
                                     </a:prstGeom>
                                     <a:noFill/>
                                     <a:ln>
                                       <a:noFill/>
                                     </a:ln>
                                   </pic:spPr>
                                 </pic:pic>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </w:r>
-                      <w:r w:rsidR="00673912" w:rsidRPr="000154A7">
+                      <w:r w:rsidRPr="000154A7">
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                           <w:lang w:val="en-AU"/>
                         </w:rPr>
                         <w:t>https://orcid.org/0000-0002-2306-6008</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00673912" w:rsidRPr="009C3578" w:rsidRDefault="00673912" w:rsidP="00673912">
+                    <w:p w:rsidR="00D72EAB" w:rsidRPr="009C3578" w:rsidRDefault="00D72EAB" w:rsidP="00673912">
                       <w:pPr>
                         <w:jc w:val="both"/>
                         <w:rPr>
                           <w:sz w:val="10"/>
                           <w:szCs w:val="10"/>
                           <w:lang w:val="en-AU"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w:rsidR="00673912" w:rsidRDefault="00673912" w:rsidP="00673912">
+                    <w:p w:rsidR="00D72EAB" w:rsidRDefault="00D72EAB" w:rsidP="00673912">
                       <w:pPr>
                         <w:jc w:val="both"/>
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                           <w:lang w:val="en-AU"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t>Name Surname</w:t>
                       </w:r>
                       <w:r w:rsidRPr="009C3578">
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t xml:space="preserve">, </w:t>
                       </w:r>
                       <w:r w:rsidRPr="009C3578">
@@ -1394,425 +1471,520 @@
                         <w:t xml:space="preserve">(e-mail: </w:t>
                       </w:r>
                       <w:hyperlink r:id="rId13" w:history="1">
                         <w:r w:rsidRPr="00713FD3">
                           <w:rPr>
                             <w:rStyle w:val="Kpr"/>
                             <w:sz w:val="16"/>
                             <w:szCs w:val="16"/>
                             <w:lang w:val="en-AU"/>
                           </w:rPr>
                           <w:t>bajece@hotmail.com</w:t>
                         </w:r>
                       </w:hyperlink>
                       <w:r>
                         <w:rPr>
                           <w:rStyle w:val="Kpr"/>
                           <w:color w:val="auto"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                           <w:u w:val="none"/>
                           <w:lang w:val="en-AU"/>
                         </w:rPr>
                         <w:t>).</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00673912" w:rsidRDefault="00223F34" w:rsidP="00673912">
+                    <w:p w:rsidR="00D72EAB" w:rsidRDefault="00D72EAB" w:rsidP="00673912">
                       <w:pPr>
                         <w:jc w:val="both"/>
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                           <w:lang w:val="en-AU"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:noProof/>
-                          <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
                         </w:rPr>
                         <w:drawing>
-                          <wp:inline distT="0" distB="0" distL="0" distR="0">
+                          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="404E0F6F" wp14:editId="0DB2FE27">
                             <wp:extent cx="152400" cy="152400"/>
                             <wp:effectExtent l="0" t="0" r="0" b="0"/>
                             <wp:docPr id="117" name="Resim 117" descr="ORCID iD icon"/>
                             <wp:cNvGraphicFramePr>
                               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                             </wp:cNvGraphicFramePr>
                             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                   <pic:nvPicPr>
                                     <pic:cNvPr id="0" name="Picture 117" descr="ORCID iD icon"/>
                                     <pic:cNvPicPr>
                                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                                     </pic:cNvPicPr>
                                   </pic:nvPicPr>
                                   <pic:blipFill>
                                     <a:blip r:embed="rId9">
                                       <a:extLst>
                                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                         </a:ext>
                                       </a:extLst>
                                     </a:blip>
                                     <a:srcRect/>
                                     <a:stretch>
                                       <a:fillRect/>
                                     </a:stretch>
                                   </pic:blipFill>
                                   <pic:spPr bwMode="auto">
                                     <a:xfrm>
                                       <a:off x="0" y="0"/>
                                       <a:ext cx="152400" cy="152400"/>
                                     </a:xfrm>
                                     <a:prstGeom prst="rect">
                                       <a:avLst/>
                                     </a:prstGeom>
                                     <a:noFill/>
                                     <a:ln>
                                       <a:noFill/>
                                     </a:ln>
                                   </pic:spPr>
                                 </pic:pic>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </w:r>
-                      <w:r w:rsidR="00673912" w:rsidRPr="000154A7">
+                      <w:r w:rsidRPr="000154A7">
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                           <w:lang w:val="en-AU"/>
                         </w:rPr>
                         <w:t>https://orcid.org/0000-0002-2306-6008</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00673912" w:rsidRPr="009C3578" w:rsidRDefault="00673912" w:rsidP="00673912">
+                    <w:p w:rsidR="00D72EAB" w:rsidRPr="009C3578" w:rsidRDefault="00D72EAB" w:rsidP="00673912">
                       <w:pPr>
                         <w:jc w:val="both"/>
                         <w:rPr>
                           <w:sz w:val="10"/>
                           <w:szCs w:val="10"/>
                           <w:lang w:val="en-AU"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w:rsidR="00673912" w:rsidRDefault="00673912" w:rsidP="00673912">
+                    <w:p w:rsidR="00D72EAB" w:rsidRDefault="00D72EAB" w:rsidP="00673912">
                       <w:pPr>
                         <w:jc w:val="both"/>
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                           <w:lang w:val="en-AU"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t>Name Surname</w:t>
                       </w:r>
                       <w:r w:rsidRPr="009C3578">
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t xml:space="preserve">, </w:t>
                       </w:r>
                       <w:r w:rsidRPr="009C3578">
                         <w:rPr>
                           <w:bCs/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t xml:space="preserve">is with </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                           <w:lang w:val="en-AU"/>
                         </w:rPr>
-                        <w:t>Department of Computer Engineering University of Istanbul Technical University,</w:t>
+                        <w:t>Dep</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00DE46D6">
+                        <w:rPr>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                          <w:lang w:val="en-AU"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">artment of Computer Engineering, </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                          <w:lang w:val="en-AU"/>
+                        </w:rPr>
+                        <w:t>Istanbul Technical University,</w:t>
                       </w:r>
                       <w:r w:rsidRPr="009C3578">
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                           <w:lang w:val="en-AU"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                           <w:lang w:val="en-AU"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Istanbul, Turkey, </w:t>
                       </w:r>
                       <w:r w:rsidRPr="009C3578">
                         <w:rPr>
                           <w:bCs/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t xml:space="preserve">(e-mail: </w:t>
                       </w:r>
                       <w:hyperlink r:id="rId14" w:history="1">
                         <w:r w:rsidRPr="00713FD3">
                           <w:rPr>
                             <w:rStyle w:val="Kpr"/>
                             <w:sz w:val="16"/>
                             <w:szCs w:val="16"/>
                             <w:lang w:val="en-AU"/>
                           </w:rPr>
                           <w:t>bajece@hotmail.com</w:t>
                         </w:r>
                       </w:hyperlink>
                       <w:r>
                         <w:rPr>
                           <w:rStyle w:val="Kpr"/>
                           <w:color w:val="auto"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                           <w:u w:val="none"/>
                           <w:lang w:val="en-AU"/>
                         </w:rPr>
                         <w:t>).</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00673912" w:rsidRDefault="00223F34" w:rsidP="00673912">
+                    <w:p w:rsidR="00D72EAB" w:rsidRDefault="00D72EAB" w:rsidP="00673912">
                       <w:pPr>
                         <w:jc w:val="both"/>
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                           <w:lang w:val="en-AU"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:noProof/>
-                          <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
                         </w:rPr>
                         <w:drawing>
-                          <wp:inline distT="0" distB="0" distL="0" distR="0">
+                          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="26CCD611" wp14:editId="1B3D10FC">
                             <wp:extent cx="152400" cy="152400"/>
                             <wp:effectExtent l="0" t="0" r="0" b="0"/>
                             <wp:docPr id="118" name="Resim 118" descr="ORCID iD icon"/>
                             <wp:cNvGraphicFramePr>
                               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                             </wp:cNvGraphicFramePr>
                             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                   <pic:nvPicPr>
                                     <pic:cNvPr id="0" name="Picture 118" descr="ORCID iD icon"/>
                                     <pic:cNvPicPr>
                                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                                     </pic:cNvPicPr>
                                   </pic:nvPicPr>
                                   <pic:blipFill>
                                     <a:blip r:embed="rId9">
                                       <a:extLst>
                                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                         </a:ext>
                                       </a:extLst>
                                     </a:blip>
                                     <a:srcRect/>
                                     <a:stretch>
                                       <a:fillRect/>
                                     </a:stretch>
                                   </pic:blipFill>
                                   <pic:spPr bwMode="auto">
                                     <a:xfrm>
                                       <a:off x="0" y="0"/>
                                       <a:ext cx="152400" cy="152400"/>
                                     </a:xfrm>
                                     <a:prstGeom prst="rect">
                                       <a:avLst/>
                                     </a:prstGeom>
                                     <a:noFill/>
                                     <a:ln>
                                       <a:noFill/>
                                     </a:ln>
                                   </pic:spPr>
                                 </pic:pic>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </w:r>
-                      <w:r w:rsidR="00673912" w:rsidRPr="000154A7">
+                      <w:r w:rsidRPr="000154A7">
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                           <w:lang w:val="en-AU"/>
                         </w:rPr>
                         <w:t>https://orcid.org/0000-0002-2306-6008</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00673912" w:rsidRDefault="00673912" w:rsidP="00673912">
+                    <w:p w:rsidR="00D72EAB" w:rsidRDefault="00D72EAB" w:rsidP="00673912">
                       <w:pPr>
                         <w:pStyle w:val="DipnotMetni"/>
                         <w:rPr>
                           <w:lang w:val="en-AU"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w:rsidR="00673912" w:rsidRDefault="00673912" w:rsidP="00673912">
+                    <w:p w:rsidR="00D72EAB" w:rsidRDefault="00D72EAB" w:rsidP="00673912">
                       <w:pPr>
                         <w:pStyle w:val="FigureCaption"/>
                         <w:jc w:val="left"/>
                         <w:rPr>
                           <w:rFonts w:cs="Lato"/>
                           <w:lang w:val="en-GB"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:cs="Lato"/>
                           <w:lang w:val="en-GB"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">Manuscript received Jan 16, 2023; accepted </w:t>
+                        <w:t>Manuscript received Jan 16, 202</w:t>
                       </w:r>
-                      <w:r w:rsidR="00223F34">
+                      <w:r w:rsidR="00986925">
                         <w:rPr>
                           <w:rFonts w:cs="Lato"/>
                           <w:lang w:val="en-GB"/>
                         </w:rPr>
-                        <w:t>Jan 16, 2024</w:t>
+                        <w:t>4</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Lato"/>
+                          <w:lang w:val="en-GB"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">; accepted </w:t>
+                      </w:r>
+                      <w:r w:rsidR="00986925">
+                        <w:rPr>
+                          <w:rFonts w:cs="Lato"/>
+                          <w:lang w:val="en-GB"/>
+                        </w:rPr>
+                        <w:t>March</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Lato"/>
+                          <w:lang w:val="en-GB"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> 16, 202</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00986925">
+                        <w:rPr>
+                          <w:rFonts w:cs="Lato"/>
+                          <w:lang w:val="en-GB"/>
+                        </w:rPr>
+                        <w:t>5</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:cs="Lato"/>
                           <w:lang w:val="en-GB"/>
                         </w:rPr>
                         <w:t xml:space="preserve">. </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00673912" w:rsidRDefault="00673912" w:rsidP="00673912">
+                    <w:p w:rsidR="00D72EAB" w:rsidRDefault="00D72EAB" w:rsidP="00673912">
                       <w:pPr>
                         <w:pStyle w:val="Text"/>
                         <w:spacing w:line="240" w:lineRule="auto"/>
                         <w:ind w:firstLine="0"/>
                         <w:rPr>
                           <w:rFonts w:cs="Lato"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:cs="Lato"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t xml:space="preserve">DOI: </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rStyle w:val="Kpr"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t>10.17694/bajece.1192012</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00673912" w:rsidRDefault="00673912"/>
-                    <w:p w:rsidR="00673912" w:rsidRDefault="00673912"/>
+                    <w:p w:rsidR="00D72EAB" w:rsidRDefault="00D72EAB"/>
+                    <w:p w:rsidR="00D72EAB" w:rsidRDefault="00D72EAB"/>
                   </w:txbxContent>
                 </v:textbox>
-                <w10:wrap type="square"/>
+                <w10:wrap type="square" anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="004001AE">
+        <w:t xml:space="preserve">Use either SI (MKS) or CGS as primary units. (SI units are strongly encouraged.) English units may be used as secondary units (in parentheses). </w:t>
+      </w:r>
+      <w:r w:rsidR="004001AE" w:rsidRPr="00A95C50">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>This applies to papers in data storage</w:t>
+      </w:r>
+      <w:r w:rsidR="004001AE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="004001AE">
+        <w:t xml:space="preserve"> For example, write “15 Gb/cm</w:t>
+      </w:r>
+      <w:r w:rsidR="004001AE">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="004001AE">
+        <w:t xml:space="preserve"> (100 Gb/in</w:t>
+      </w:r>
+      <w:r w:rsidR="004001AE">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="004001AE">
+        <w:t>).” An exception is when English units are used as identifiers in trade, such as “3½-in disk drive.” Avoid combining SI and CGS units, such as current in amperes and magnetic field in oersteds. This often leads to confusion because equations do not balance dimensionally. If you must use mixed units, clearly state the units for each quantity in an equation</w:t>
+      </w:r>
+      <w:r w:rsidR="00684EB9">
+        <w:t xml:space="preserve"> [1]</w:t>
+      </w:r>
+      <w:r w:rsidR="004001AE">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00673912" w:rsidRDefault="00673912" w:rsidP="004001AE">
+      <w:pPr>
+        <w:pStyle w:val="Text"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004001AE" w:rsidRDefault="004001AE" w:rsidP="004001AE">
+      <w:pPr>
+        <w:pStyle w:val="Text"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">The SI unit for magnetic field strength </w:t>
       </w:r>
-      <w:r w:rsidR="004001AE">
+      <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>H</w:t>
       </w:r>
-      <w:r w:rsidR="004001AE">
+      <w:r>
         <w:t xml:space="preserve"> is A/m.</w:t>
       </w:r>
       <w:r w:rsidR="00680D99" w:rsidRPr="00680D99">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004001AE">
+      <w:r>
         <w:t xml:space="preserve"> However, if you wish to use units of T, either refer to magnetic flux density </w:t>
       </w:r>
-      <w:r w:rsidR="004001AE">
+      <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
-      <w:r w:rsidR="004001AE">
+      <w:r>
         <w:t xml:space="preserve"> or magnetic field strength symbolized as µ</w:t>
       </w:r>
-      <w:r w:rsidR="004001AE">
+      <w:r>
         <w:rPr>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidR="004001AE">
+      <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>H</w:t>
       </w:r>
-      <w:r w:rsidR="004001AE">
+      <w:r>
         <w:t>. Use the center dot to separate compound units, e.g., “A·m</w:t>
       </w:r>
-      <w:r w:rsidR="004001AE">
+      <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="004001AE">
+      <w:r>
         <w:t>.”</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004001AE" w:rsidRDefault="004001AE" w:rsidP="004001AE">
       <w:pPr>
         <w:pStyle w:val="Text"/>
       </w:pPr>
       <w:r>
         <w:t>The word “data” is plural, not singular. The subscript for the permeability of vacuum µ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> is zero, not a lowercase letter “o.” The term for residual magnetization is “remanence”; the adjective is “remanent”; do not write “remnance” or “remnant.” Use the word “micrometer” instead of “micron.” A graph within a graph is an “inset,” not an “insert.” The word “alternatively” is preferred to the word “alternately” (unless you really mean something that alternates). Use the word “whereas” instead of “while” (unless you are referring to simultaneous events). Do not use the word “essentially” to mean “approximately” or “effectively.” Do not use the word “issue” as a euphemism for “problem.” When compositions are not specified, separate chemical symbols by en-dashes; for example, “NiMn” indicates the intermetallic compound Ni</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>0.5</w:t>
       </w:r>
@@ -1873,51 +2045,50 @@
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>et al.</w:t>
       </w:r>
       <w:r>
         <w:t>” (it is also italicized). The abbreviation “i.e.,” means “that is,” and the abbreviation “e.g.,” means “for example” (these abbreviations are not italicized).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004001AE" w:rsidRDefault="004001AE" w:rsidP="004001AE">
       <w:pPr>
         <w:pStyle w:val="Text"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="006A5B55" w:rsidRDefault="00223F34" w:rsidP="006A5B55">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
-          <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2306955" cy="1376680"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="23" name="Resim 23"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 23"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId15">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
@@ -2240,52 +2411,56 @@
       <w:r w:rsidRPr="003D20E9">
         <w:rPr>
           <w:rStyle w:val="BodyText2"/>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t>1 inch wide by 1.25 inches tall (25 millimeters x 38 millimeters / 6 picas x 7.5 picas). Author photos printed in editorials measure 1.59 inches wide by 2 inches tall (40 millimeters x 50 millimeters  / 9.5 picas x 12 picas).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004E636B" w:rsidRDefault="004E636B" w:rsidP="00C76B6B">
       <w:pPr>
         <w:pStyle w:val="ListeParagraf"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:sectPr w:rsidR="004E636B" w:rsidSect="009670EA">
-          <w:headerReference w:type="default" r:id="rId16"/>
-          <w:footerReference w:type="default" r:id="rId17"/>
+          <w:headerReference w:type="even" r:id="rId16"/>
+          <w:headerReference w:type="default" r:id="rId17"/>
+          <w:footerReference w:type="even" r:id="rId18"/>
+          <w:footerReference w:type="default" r:id="rId19"/>
+          <w:headerReference w:type="first" r:id="rId20"/>
+          <w:footerReference w:type="first" r:id="rId21"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1008" w:right="936" w:bottom="1008" w:left="936" w:header="432" w:footer="432" w:gutter="0"/>
           <w:pgNumType w:start="2"/>
           <w:cols w:num="2" w:space="288"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00064B47" w:rsidRDefault="00064B47" w:rsidP="00C76B6B">
       <w:pPr>
         <w:pStyle w:val="ListeParagraf"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00064B47" w:rsidRPr="00064B47" w:rsidRDefault="00064B47" w:rsidP="00064B47">
@@ -2735,522 +2910,522 @@
                 <w:position w:val="-10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:object w:dxaOrig="240" w:dyaOrig="340">
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
-                <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:10.5pt;height:17.25pt" o:ole="">
-                  <v:imagedata r:id="rId18" o:title=""/>
+                <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:10.5pt;height:18pt" o:ole="">
+                  <v:imagedata r:id="rId22" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1026" DrawAspect="Content" ObjectID="_1766263940" r:id="rId19"/>
+                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1821435539" r:id="rId23"/>
               </w:object>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A7160D" w:rsidRPr="00A9369F" w:rsidRDefault="00A7160D" w:rsidP="00A9369F">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9369F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:object w:dxaOrig="240" w:dyaOrig="340">
-                <v:shape id="_x0000_i1027" type="#_x0000_t75" style="width:10.5pt;height:17.25pt" o:ole="">
-                  <v:imagedata r:id="rId20" o:title=""/>
+                <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:10.5pt;height:18pt" o:ole="">
+                  <v:imagedata r:id="rId24" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1027" DrawAspect="Content" ObjectID="_1766263941" r:id="rId21"/>
+                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1026" DrawAspect="Content" ObjectID="_1821435540" r:id="rId25"/>
               </w:object>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="621" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A7160D" w:rsidRPr="00A9369F" w:rsidRDefault="00A7160D" w:rsidP="00A9369F">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9369F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:object w:dxaOrig="240" w:dyaOrig="340">
-                <v:shape id="_x0000_i1028" type="#_x0000_t75" style="width:10.5pt;height:17.25pt" o:ole="">
-                  <v:imagedata r:id="rId18" o:title=""/>
+                <v:shape id="_x0000_i1027" type="#_x0000_t75" style="width:10.5pt;height:18pt" o:ole="">
+                  <v:imagedata r:id="rId22" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1028" DrawAspect="Content" ObjectID="_1766263942" r:id="rId22"/>
+                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1027" DrawAspect="Content" ObjectID="_1821435541" r:id="rId26"/>
               </w:object>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A7160D" w:rsidRPr="00A9369F" w:rsidRDefault="00A7160D" w:rsidP="00A9369F">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9369F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:object w:dxaOrig="240" w:dyaOrig="340">
-                <v:shape id="_x0000_i1029" type="#_x0000_t75" style="width:10.5pt;height:17.25pt" o:ole="">
-                  <v:imagedata r:id="rId20" o:title=""/>
+                <v:shape id="_x0000_i1028" type="#_x0000_t75" style="width:10.5pt;height:18pt" o:ole="">
+                  <v:imagedata r:id="rId24" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1029" DrawAspect="Content" ObjectID="_1766263943" r:id="rId23"/>
+                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1028" DrawAspect="Content" ObjectID="_1821435542" r:id="rId27"/>
               </w:object>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A7160D" w:rsidRPr="00A9369F" w:rsidRDefault="00A7160D" w:rsidP="00A9369F">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9369F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:object w:dxaOrig="240" w:dyaOrig="340">
-                <v:shape id="_x0000_i1030" type="#_x0000_t75" style="width:10.5pt;height:17.25pt" o:ole="">
-                  <v:imagedata r:id="rId18" o:title=""/>
+                <v:shape id="_x0000_i1029" type="#_x0000_t75" style="width:10.5pt;height:18pt" o:ole="">
+                  <v:imagedata r:id="rId22" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1030" DrawAspect="Content" ObjectID="_1766263944" r:id="rId24"/>
+                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1029" DrawAspect="Content" ObjectID="_1821435543" r:id="rId28"/>
               </w:object>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A7160D" w:rsidRPr="00A9369F" w:rsidRDefault="00A7160D" w:rsidP="00A9369F">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9369F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:object w:dxaOrig="240" w:dyaOrig="340">
-                <v:shape id="_x0000_i1031" type="#_x0000_t75" style="width:10.5pt;height:17.25pt" o:ole="">
-                  <v:imagedata r:id="rId20" o:title=""/>
+                <v:shape id="_x0000_i1030" type="#_x0000_t75" style="width:10.5pt;height:18pt" o:ole="">
+                  <v:imagedata r:id="rId24" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1031" DrawAspect="Content" ObjectID="_1766263945" r:id="rId25"/>
+                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1030" DrawAspect="Content" ObjectID="_1821435544" r:id="rId29"/>
               </w:object>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A7160D" w:rsidRPr="00A9369F" w:rsidRDefault="00A7160D" w:rsidP="00A9369F">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9369F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:object w:dxaOrig="240" w:dyaOrig="340">
-                <v:shape id="_x0000_i1032" type="#_x0000_t75" style="width:10.5pt;height:17.25pt" o:ole="">
-                  <v:imagedata r:id="rId18" o:title=""/>
+                <v:shape id="_x0000_i1031" type="#_x0000_t75" style="width:10.5pt;height:18pt" o:ole="">
+                  <v:imagedata r:id="rId22" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1032" DrawAspect="Content" ObjectID="_1766263946" r:id="rId26"/>
+                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1031" DrawAspect="Content" ObjectID="_1821435545" r:id="rId30"/>
               </w:object>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A7160D" w:rsidRPr="00A9369F" w:rsidRDefault="00A7160D" w:rsidP="00A9369F">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9369F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:object w:dxaOrig="240" w:dyaOrig="340">
-                <v:shape id="_x0000_i1033" type="#_x0000_t75" style="width:10.5pt;height:17.25pt" o:ole="">
-                  <v:imagedata r:id="rId20" o:title=""/>
+                <v:shape id="_x0000_i1032" type="#_x0000_t75" style="width:10.5pt;height:18pt" o:ole="">
+                  <v:imagedata r:id="rId24" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1033" DrawAspect="Content" ObjectID="_1766263947" r:id="rId27"/>
+                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1032" DrawAspect="Content" ObjectID="_1821435546" r:id="rId31"/>
               </w:object>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A7160D" w:rsidRPr="00A9369F" w:rsidRDefault="00A7160D" w:rsidP="00A9369F">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9369F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:object w:dxaOrig="240" w:dyaOrig="340">
-                <v:shape id="_x0000_i1034" type="#_x0000_t75" style="width:10.5pt;height:17.25pt" o:ole="">
-                  <v:imagedata r:id="rId18" o:title=""/>
+                <v:shape id="_x0000_i1033" type="#_x0000_t75" style="width:10.5pt;height:18pt" o:ole="">
+                  <v:imagedata r:id="rId22" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1034" DrawAspect="Content" ObjectID="_1766263948" r:id="rId28"/>
+                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1033" DrawAspect="Content" ObjectID="_1821435547" r:id="rId32"/>
               </w:object>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A7160D" w:rsidRPr="00A9369F" w:rsidRDefault="00A7160D" w:rsidP="00A9369F">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9369F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:object w:dxaOrig="240" w:dyaOrig="340">
-                <v:shape id="_x0000_i1035" type="#_x0000_t75" style="width:10.5pt;height:17.25pt" o:ole="">
-                  <v:imagedata r:id="rId20" o:title=""/>
+                <v:shape id="_x0000_i1034" type="#_x0000_t75" style="width:10.5pt;height:18pt" o:ole="">
+                  <v:imagedata r:id="rId24" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1035" DrawAspect="Content" ObjectID="_1766263949" r:id="rId29"/>
+                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1034" DrawAspect="Content" ObjectID="_1821435548" r:id="rId33"/>
               </w:object>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A7160D" w:rsidRPr="00A9369F" w:rsidRDefault="00A7160D" w:rsidP="00A9369F">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9369F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:object w:dxaOrig="240" w:dyaOrig="340">
-                <v:shape id="_x0000_i1036" type="#_x0000_t75" style="width:10.5pt;height:17.25pt" o:ole="">
-                  <v:imagedata r:id="rId18" o:title=""/>
+                <v:shape id="_x0000_i1035" type="#_x0000_t75" style="width:10.5pt;height:18pt" o:ole="">
+                  <v:imagedata r:id="rId22" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1036" DrawAspect="Content" ObjectID="_1766263950" r:id="rId30"/>
+                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1035" DrawAspect="Content" ObjectID="_1821435549" r:id="rId34"/>
               </w:object>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A7160D" w:rsidRPr="00A9369F" w:rsidRDefault="00A7160D" w:rsidP="00A9369F">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9369F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:object w:dxaOrig="240" w:dyaOrig="340">
-                <v:shape id="_x0000_i1037" type="#_x0000_t75" style="width:10.5pt;height:17.25pt" o:ole="">
-                  <v:imagedata r:id="rId20" o:title=""/>
+                <v:shape id="_x0000_i1036" type="#_x0000_t75" style="width:10.5pt;height:18pt" o:ole="">
+                  <v:imagedata r:id="rId24" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1037" DrawAspect="Content" ObjectID="_1766263951" r:id="rId31"/>
+                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1036" DrawAspect="Content" ObjectID="_1821435550" r:id="rId35"/>
               </w:object>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A7160D" w:rsidRPr="00A9369F" w:rsidRDefault="00A7160D" w:rsidP="00A9369F">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9369F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:object w:dxaOrig="240" w:dyaOrig="340">
-                <v:shape id="_x0000_i1038" type="#_x0000_t75" style="width:10.5pt;height:17.25pt" o:ole="">
-                  <v:imagedata r:id="rId18" o:title=""/>
+                <v:shape id="_x0000_i1037" type="#_x0000_t75" style="width:10.5pt;height:18pt" o:ole="">
+                  <v:imagedata r:id="rId22" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1038" DrawAspect="Content" ObjectID="_1766263952" r:id="rId32"/>
+                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1037" DrawAspect="Content" ObjectID="_1821435551" r:id="rId36"/>
               </w:object>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A7160D" w:rsidRPr="00A9369F" w:rsidRDefault="00A7160D" w:rsidP="00A9369F">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9369F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:object w:dxaOrig="240" w:dyaOrig="340">
-                <v:shape id="_x0000_i1039" type="#_x0000_t75" style="width:10.5pt;height:17.25pt" o:ole="">
-                  <v:imagedata r:id="rId20" o:title=""/>
+                <v:shape id="_x0000_i1038" type="#_x0000_t75" style="width:10.5pt;height:18pt" o:ole="">
+                  <v:imagedata r:id="rId24" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1039" DrawAspect="Content" ObjectID="_1766263953" r:id="rId33"/>
+                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1038" DrawAspect="Content" ObjectID="_1821435552" r:id="rId37"/>
               </w:object>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A7160D" w:rsidRPr="000B63CD" w:rsidTr="00A9369F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00A7160D" w:rsidRPr="00A9369F" w:rsidRDefault="00A7160D" w:rsidP="009C3578">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9369F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
@@ -5007,51 +5182,51 @@
     <w:p w:rsidR="00684EB9" w:rsidRPr="003D20E9" w:rsidRDefault="00684EB9" w:rsidP="003D20E9">
       <w:pPr>
         <w:ind w:firstLine="144"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Verdana"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4558"/>
         <w:gridCol w:w="482"/>
       </w:tblGrid>
       <w:tr w:rsidR="006A5B55" w:rsidRPr="003A38EC" w:rsidTr="00805EE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4772" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006A5B55" w:rsidRPr="00223F34" w:rsidRDefault="00223F34" w:rsidP="00A9369F">
+          <w:p w:rsidR="006A5B55" w:rsidRPr="00223F34" w:rsidRDefault="00E31C53" w:rsidP="00A9369F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="en-AU" w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <m:oMathPara>
               <m:oMath>
                 <m:f>
                   <m:fPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                         <w:i/>
                         <w:lang w:eastAsia="de-DE"/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:fPr>
                   <m:num>
                     <m:sSub>
                       <m:sSubPr>
                         <m:ctrlPr>
                           <w:rPr>
                             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                             <w:i/>
@@ -5280,51 +5455,51 @@
     <w:p w:rsidR="008F6E25" w:rsidRPr="00862A61" w:rsidRDefault="008F6E25" w:rsidP="006A5B55">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-AU" w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4556"/>
         <w:gridCol w:w="484"/>
       </w:tblGrid>
       <w:tr w:rsidR="006A5B55" w:rsidRPr="003A38EC" w:rsidTr="00A9369F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9889" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006A5B55" w:rsidRPr="00223F34" w:rsidRDefault="00223F34" w:rsidP="00A9369F">
+          <w:p w:rsidR="006A5B55" w:rsidRPr="00223F34" w:rsidRDefault="00E31C53" w:rsidP="00A9369F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="en-AU" w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <m:oMathPara>
               <m:oMath>
                 <m:sSub>
                   <m:sSubPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                         <w:i/>
                         <w:lang w:eastAsia="de-DE"/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                         <w:lang w:eastAsia="de-DE"/>
                       </w:rPr>
                       <m:t>Z</m:t>
@@ -5471,51 +5646,51 @@
     <w:p w:rsidR="008F6E25" w:rsidRPr="00BF337B" w:rsidRDefault="008F6E25" w:rsidP="006A5B55">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-AU" w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4559"/>
         <w:gridCol w:w="481"/>
       </w:tblGrid>
       <w:tr w:rsidR="006A5B55" w:rsidRPr="003A38EC" w:rsidTr="00A9369F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9889" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006A5B55" w:rsidRPr="00223F34" w:rsidRDefault="00223F34" w:rsidP="00A9369F">
+          <w:p w:rsidR="006A5B55" w:rsidRPr="00223F34" w:rsidRDefault="00E31C53" w:rsidP="00A9369F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="en-AU" w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <m:oMathPara>
               <m:oMath>
                 <m:sSubSup>
                   <m:sSubSupPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:eastAsia="Calibri" w:hAnsi="Cambria Math"/>
                         <w:i/>
                         <w:iCs/>
                         <w:lang w:eastAsia="de-DE"/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubSupPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                         <w:lang w:eastAsia="de-DE"/>
                       </w:rPr>
@@ -5770,51 +5945,51 @@
           <w:lang w:val="en-AU" w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AB2C4C" w:rsidRPr="003A38EC">
         <w:rPr>
           <w:iCs/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidR="00AB2C4C">
         <w:rPr>
           <w:iCs/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003A38EC">
         <w:rPr>
           <w:lang w:val="en-AU" w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>is the relative permittivity of the medium directly contacted with air;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A5B55" w:rsidRPr="003A38EC" w:rsidRDefault="00223F34" w:rsidP="006A5B55">
+    <w:p w:rsidR="006A5B55" w:rsidRPr="003A38EC" w:rsidRDefault="00E31C53" w:rsidP="006A5B55">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:iCs/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <m:oMath>
         <m:sSup>
           <m:sSupPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </m:ctrlPr>
           </m:sSupPr>
           <m:e>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:lang w:eastAsia="de-DE"/>
@@ -5833,51 +6008,51 @@
           </m:sup>
         </m:sSup>
       </m:oMath>
       <w:r w:rsidR="00AB2C4C">
         <w:rPr>
           <w:iCs/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AB2C4C" w:rsidRPr="003A38EC">
         <w:rPr>
           <w:iCs/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidR="006A5B55" w:rsidRPr="003A38EC">
         <w:rPr>
           <w:iCs/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> is the real part of complex permittivity;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A5B55" w:rsidRPr="003A38EC" w:rsidRDefault="00223F34" w:rsidP="006A5B55">
+    <w:p w:rsidR="006A5B55" w:rsidRPr="003A38EC" w:rsidRDefault="00E31C53" w:rsidP="006A5B55">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:iCs/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <m:oMath>
         <m:sSup>
           <m:sSupPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </m:ctrlPr>
           </m:sSupPr>
           <m:e>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:lang w:eastAsia="de-DE"/>
@@ -5896,51 +6071,51 @@
           </m:sup>
         </m:sSup>
       </m:oMath>
       <w:r w:rsidR="00AB2C4C">
         <w:rPr>
           <w:iCs/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AB2C4C" w:rsidRPr="003A38EC">
         <w:rPr>
           <w:iCs/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidR="006A5B55" w:rsidRPr="003A38EC">
         <w:rPr>
           <w:iCs/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> is the imaginary part of complex permittivity;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A5B55" w:rsidRPr="003A38EC" w:rsidRDefault="00223F34" w:rsidP="006A5B55">
+    <w:p w:rsidR="006A5B55" w:rsidRPr="003A38EC" w:rsidRDefault="00E31C53" w:rsidP="006A5B55">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <m:oMath>
         <m:sSub>
           <m:sSubPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </m:ctrlPr>
           </m:sSubPr>
           <m:e>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
@@ -6010,51 +6185,51 @@
         </w:rPr>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:r w:rsidRPr="003A38EC">
         <w:rPr>
           <w:lang w:val="en-AU" w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>the skin depth for non-metals at high frequencies formula [12]:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4557"/>
         <w:gridCol w:w="483"/>
       </w:tblGrid>
       <w:tr w:rsidR="006A5B55" w:rsidRPr="003A38EC" w:rsidTr="00A9369F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9889" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006A5B55" w:rsidRPr="00223F34" w:rsidRDefault="00223F34" w:rsidP="00A9369F">
+          <w:p w:rsidR="006A5B55" w:rsidRPr="00223F34" w:rsidRDefault="00E31C53" w:rsidP="00A9369F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="en-AU" w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <m:oMathPara>
               <m:oMath>
                 <m:sSub>
                   <m:sSubPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                         <w:i/>
                         <w:lang w:val="en-AU" w:eastAsia="de-DE"/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                         <w:lang w:val="en-AU" w:eastAsia="de-DE"/>
                       </w:rPr>
                       <m:t>h</m:t>
@@ -6268,51 +6443,51 @@
             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
             <w:lang w:val="en-AU" w:eastAsia="de-DE"/>
           </w:rPr>
           <m:t>c</m:t>
         </m:r>
       </m:oMath>
       <w:r w:rsidRPr="003A38EC">
         <w:rPr>
           <w:lang w:val="en-AU" w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> – is </w:t>
       </w:r>
       <w:r w:rsidRPr="003A38EC">
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>light speed</w:t>
       </w:r>
       <w:r w:rsidRPr="003A38EC">
         <w:rPr>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t> in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34" w:tooltip="Vacuum" w:history="1">
+      <w:hyperlink r:id="rId38" w:tooltip="Vacuum" w:history="1">
         <w:r w:rsidRPr="00D16558">
           <w:rPr>
             <w:rStyle w:val="Kpr"/>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
             <w:lang w:eastAsia="de-DE"/>
           </w:rPr>
           <w:t>vacuum</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00AB2C4C">
         <w:rPr>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>, [m/s];</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006A5B55" w:rsidRPr="003A38EC" w:rsidRDefault="00223F34" w:rsidP="006A5B55">
       <w:pPr>
         <w:ind w:left="680"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-AU" w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
@@ -6499,51 +6674,51 @@
     <w:p w:rsidR="008F6E25" w:rsidRPr="00BF337B" w:rsidRDefault="008F6E25" w:rsidP="006A5B55">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4558"/>
         <w:gridCol w:w="482"/>
       </w:tblGrid>
       <w:tr w:rsidR="006A5B55" w:rsidRPr="003A38EC" w:rsidTr="00A9369F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9889" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006A5B55" w:rsidRPr="00223F34" w:rsidRDefault="00223F34" w:rsidP="00A9369F">
+          <w:p w:rsidR="006A5B55" w:rsidRPr="00223F34" w:rsidRDefault="00E31C53" w:rsidP="00A9369F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <m:oMathPara>
               <m:oMath>
                 <m:sSub>
                   <m:sSubPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:eastAsia="Calibri" w:hAnsi="Cambria Math"/>
                         <w:i/>
                         <w:lang w:val="en-AU"/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                         <w:lang w:val="en-AU"/>
                       </w:rPr>
@@ -7118,51 +7293,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="008F6E25" w:rsidRPr="003A38EC" w:rsidRDefault="008F6E25" w:rsidP="006A5B55">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4560"/>
         <w:gridCol w:w="480"/>
       </w:tblGrid>
       <w:tr w:rsidR="006A5B55" w:rsidRPr="003A38EC" w:rsidTr="00A9369F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9889" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006A5B55" w:rsidRPr="00A9369F" w:rsidRDefault="00223F34" w:rsidP="00A9369F">
+          <w:p w:rsidR="006A5B55" w:rsidRPr="00A9369F" w:rsidRDefault="00E31C53" w:rsidP="00A9369F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <m:oMath>
               <m:sSub>
                 <m:sSubPr>
                   <m:ctrlPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Cambria Math" w:eastAsia="Calibri" w:hAnsi="Cambria Math"/>
                       <w:i/>
                       <w:lang w:val="en-AU"/>
                     </w:rPr>
                   </m:ctrlPr>
                 </m:sSubPr>
                 <m:e>
                   <m:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                       <w:lang w:val="en-AU"/>
                     </w:rPr>
@@ -7581,51 +7756,51 @@
     <w:p w:rsidR="008F6E25" w:rsidRPr="00BF337B" w:rsidRDefault="008F6E25" w:rsidP="006A5B55">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4557"/>
         <w:gridCol w:w="483"/>
       </w:tblGrid>
       <w:tr w:rsidR="006A5B55" w:rsidRPr="003A38EC" w:rsidTr="00A9369F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9889" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006A5B55" w:rsidRPr="00A9369F" w:rsidRDefault="00223F34" w:rsidP="00A9369F">
+          <w:p w:rsidR="006A5B55" w:rsidRPr="00A9369F" w:rsidRDefault="00E31C53" w:rsidP="00A9369F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <m:oMath>
               <m:sSub>
                 <m:sSubPr>
                   <m:ctrlPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                       <w:i/>
                       <w:lang w:val="en-AU"/>
                     </w:rPr>
                   </m:ctrlPr>
                 </m:sSubPr>
                 <m:e>
                   <m:sSub>
                     <m:sSubPr>
                       <m:ctrlPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                           <w:i/>
@@ -8398,51 +8573,51 @@
         <w:rPr>
           <w:lang w:val="en-AU" w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> – is wave number,</w:t>
       </w:r>
       <w:r w:rsidRPr="007A0AEF">
         <w:rPr>
           <w:lang w:val="en-AU" w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> [m</w:t>
       </w:r>
       <w:r w:rsidRPr="007A0AEF">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-AU" w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>-1</w:t>
       </w:r>
       <w:r w:rsidR="00AB2C4C">
         <w:rPr>
           <w:lang w:val="en-AU" w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>];</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A5B55" w:rsidRPr="007A0AEF" w:rsidRDefault="00223F34" w:rsidP="00AB2C4C">
+    <w:p w:rsidR="006A5B55" w:rsidRPr="007A0AEF" w:rsidRDefault="00E31C53" w:rsidP="00AB2C4C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="680"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-AU" w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <m:oMath>
         <m:sSub>
           <m:sSubPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:i/>
                 <w:lang w:val="en-AU" w:eastAsia="de-DE"/>
               </w:rPr>
             </m:ctrlPr>
           </m:sSubPr>
           <m:e>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:lang w:val="en-AU" w:eastAsia="de-DE"/>
               </w:rPr>
@@ -8451,51 +8626,51 @@
           </m:e>
           <m:sub>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:lang w:val="en-AU" w:eastAsia="de-DE"/>
               </w:rPr>
               <m:t>2</m:t>
             </m:r>
           </m:sub>
         </m:sSub>
       </m:oMath>
       <w:r w:rsidR="006A5B55" w:rsidRPr="007A0AEF">
         <w:rPr>
           <w:lang w:val="en-AU" w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> – is the thickness of dielectric laye</w:t>
       </w:r>
       <w:r w:rsidR="00AB2C4C">
         <w:rPr>
           <w:lang w:val="en-AU" w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>r (polymer conductive material), [m];</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A5B55" w:rsidRPr="007A0AEF" w:rsidRDefault="00223F34" w:rsidP="006A5B55">
+    <w:p w:rsidR="006A5B55" w:rsidRPr="007A0AEF" w:rsidRDefault="00E31C53" w:rsidP="006A5B55">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:left="680"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-AU" w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <m:oMath>
         <m:sSub>
           <m:sSubPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:i/>
                 <w:lang w:val="en-AU" w:eastAsia="de-DE"/>
               </w:rPr>
             </m:ctrlPr>
           </m:sSubPr>
           <m:e>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:lang w:val="en-AU" w:eastAsia="de-DE"/>
               </w:rPr>
@@ -9847,51 +10022,51 @@
     </w:p>
     <w:p w:rsidR="006A5B55" w:rsidRPr="00241203" w:rsidRDefault="006A5B55" w:rsidP="006A5B55">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-AU" w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4463"/>
         <w:gridCol w:w="577"/>
       </w:tblGrid>
       <w:tr w:rsidR="006A5B55" w:rsidRPr="00241203" w:rsidTr="00A9369F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9805" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006A5B55" w:rsidRPr="00A9369F" w:rsidRDefault="00223F34" w:rsidP="00A9369F">
+          <w:p w:rsidR="006A5B55" w:rsidRPr="00A9369F" w:rsidRDefault="00E31C53" w:rsidP="00A9369F">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:val="en-AU" w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <m:oMath>
               <m:sSub>
                 <m:sSubPr>
                   <m:ctrlPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Cambria Math" w:eastAsia="Calibri" w:hAnsi="Cambria Math"/>
                       <w:i/>
                       <w:lang w:val="en-AU" w:eastAsia="de-DE"/>
                     </w:rPr>
                   </m:ctrlPr>
                 </m:sSubPr>
                 <m:e>
                   <m:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                       <w:lang w:val="en-AU" w:eastAsia="de-DE"/>
                     </w:rPr>
@@ -10876,51 +11051,51 @@
       <w:r w:rsidR="002F5C71">
         <w:rPr>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>electrical field strength,</w:t>
       </w:r>
       <w:r w:rsidRPr="007D1CB6">
         <w:rPr>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> [V/m]</w:t>
       </w:r>
       <w:r w:rsidR="002F5C71">
         <w:rPr>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="007D1CB6">
         <w:rPr>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A5B55" w:rsidRPr="00241203" w:rsidRDefault="00223F34" w:rsidP="006A5B55">
+    <w:p w:rsidR="006A5B55" w:rsidRPr="00241203" w:rsidRDefault="00E31C53" w:rsidP="006A5B55">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <m:oMath>
         <m:sSub>
           <m:sSubPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:i/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </m:ctrlPr>
           </m:sSubPr>
           <m:e>
             <m:sSub>
               <m:sSubPr>
                 <m:ctrlPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
@@ -10951,51 +11126,51 @@
           </m:e>
           <m:sub>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <m:t>gr</m:t>
             </m:r>
           </m:sub>
         </m:sSub>
       </m:oMath>
       <w:r w:rsidR="006A5B55" w:rsidRPr="00241203">
         <w:rPr>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> – is re</w:t>
       </w:r>
       <w:r w:rsidR="006A5B55">
         <w:rPr>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>lative permittivity of graphite;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A5B55" w:rsidRPr="00C174BB" w:rsidRDefault="00223F34" w:rsidP="002F5C71">
+    <w:p w:rsidR="006A5B55" w:rsidRPr="00C174BB" w:rsidRDefault="00E31C53" w:rsidP="002F5C71">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <m:oMath>
         <m:sSub>
           <m:sSubPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:i/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </m:ctrlPr>
           </m:sSubPr>
           <m:e>
             <m:sSub>
               <m:sSubPr>
                 <m:ctrlPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
@@ -11504,204 +11679,204 @@
           </w:tcPr>
           <w:p w:rsidR="006A5B55" w:rsidRPr="00A9369F" w:rsidRDefault="006A5B55" w:rsidP="00A9369F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9369F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-10"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:object w:dxaOrig="220" w:dyaOrig="300">
-                <v:shape id="_x0000_i1112" type="#_x0000_t75" style="width:10.5pt;height:15.75pt" o:ole="">
-                  <v:imagedata r:id="rId35" o:title=""/>
+                <v:shape id="_x0000_i1039" type="#_x0000_t75" style="width:10.5pt;height:15.75pt" o:ole="">
+                  <v:imagedata r:id="rId39" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1112" DrawAspect="Content" ObjectID="_1766263954" r:id="rId36"/>
+                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1039" DrawAspect="Content" ObjectID="_1821435553" r:id="rId40"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="00A9369F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t>,[GHz]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="006A5B55" w:rsidRPr="00A9369F" w:rsidRDefault="006A5B55" w:rsidP="00A9369F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9369F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:position w:val="-10"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:object w:dxaOrig="240" w:dyaOrig="300">
-                <v:shape id="_x0000_i1113" type="#_x0000_t75" style="width:10.5pt;height:15.75pt" o:ole="">
-                  <v:imagedata r:id="rId37" o:title=""/>
+                <v:shape id="_x0000_i1040" type="#_x0000_t75" style="width:10.5pt;height:15.75pt" o:ole="">
+                  <v:imagedata r:id="rId41" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1113" DrawAspect="Content" ObjectID="_1766263955" r:id="rId38"/>
+                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1040" DrawAspect="Content" ObjectID="_1821435554" r:id="rId42"/>
               </w:object>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="006A5B55" w:rsidRPr="00A9369F" w:rsidRDefault="006A5B55" w:rsidP="00A9369F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9369F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:position w:val="-10"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:object w:dxaOrig="480" w:dyaOrig="300">
-                <v:shape id="_x0000_i1114" type="#_x0000_t75" style="width:24.75pt;height:15.75pt" o:ole="">
-                  <v:imagedata r:id="rId39" o:title=""/>
+                <v:shape id="_x0000_i1041" type="#_x0000_t75" style="width:25.5pt;height:15.75pt" o:ole="">
+                  <v:imagedata r:id="rId43" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1114" DrawAspect="Content" ObjectID="_1766263956" r:id="rId40"/>
+                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1041" DrawAspect="Content" ObjectID="_1821435555" r:id="rId44"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="00A9369F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00A9369F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:position w:val="-10"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:object w:dxaOrig="340" w:dyaOrig="279">
-                <v:shape id="_x0000_i1115" type="#_x0000_t75" style="width:17.25pt;height:12.75pt" o:ole="">
-                  <v:imagedata r:id="rId41" o:title=""/>
+                <v:shape id="_x0000_i1042" type="#_x0000_t75" style="width:18pt;height:12pt" o:ole="">
+                  <v:imagedata r:id="rId45" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1115" DrawAspect="Content" ObjectID="_1766263957" r:id="rId42"/>
+                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1042" DrawAspect="Content" ObjectID="_1821435556" r:id="rId46"/>
               </w:object>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="486" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="006A5B55" w:rsidRPr="00A9369F" w:rsidRDefault="006A5B55" w:rsidP="00A9369F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9369F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:object w:dxaOrig="220" w:dyaOrig="220">
-                <v:shape id="_x0000_i1116" type="#_x0000_t75" style="width:10.5pt;height:10.5pt" o:ole="">
-                  <v:imagedata r:id="rId43" o:title=""/>
+                <v:shape id="_x0000_i1043" type="#_x0000_t75" style="width:10.5pt;height:10.5pt" o:ole="">
+                  <v:imagedata r:id="rId47" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1116" DrawAspect="Content" ObjectID="_1766263958" r:id="rId44"/>
+                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1043" DrawAspect="Content" ObjectID="_1821435557" r:id="rId48"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="00A9369F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t>, [</w:t>
             </w:r>
             <w:r w:rsidR="000B2F6E" w:rsidRPr="00A9369F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t>Ω</w:t>
             </w:r>
             <w:r w:rsidRPr="00A9369F">
               <w:rPr>
@@ -11722,54 +11897,54 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="006A5B55" w:rsidRPr="00A9369F" w:rsidRDefault="006A5B55" w:rsidP="00A9369F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9369F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:position w:val="-6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:object w:dxaOrig="220" w:dyaOrig="200">
-                <v:shape id="_x0000_i1117" type="#_x0000_t75" style="width:10.5pt;height:9.75pt" o:ole="">
-                  <v:imagedata r:id="rId45" o:title=""/>
+                <v:shape id="_x0000_i1044" type="#_x0000_t75" style="width:10.5pt;height:10.5pt" o:ole="">
+                  <v:imagedata r:id="rId49" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1117" DrawAspect="Content" ObjectID="_1766263959" r:id="rId46"/>
+                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1044" DrawAspect="Content" ObjectID="_1821435558" r:id="rId50"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="00A9369F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>, [S/m]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006A5B55" w:rsidRPr="00014498" w:rsidTr="00A9369F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="006A5B55" w:rsidRPr="00A9369F" w:rsidRDefault="006A5B55" w:rsidP="00A9369F">
             <w:pPr>
@@ -12992,54 +13167,54 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
           <w:p w:rsidR="006A5B55" w:rsidRPr="00A9369F" w:rsidRDefault="006A5B55" w:rsidP="00A9369F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9369F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-10"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:object w:dxaOrig="220" w:dyaOrig="300">
-                <v:shape id="_x0000_i1120" type="#_x0000_t75" style="width:10.5pt;height:15.75pt" o:ole="">
-                  <v:imagedata r:id="rId35" o:title=""/>
+                <v:shape id="_x0000_i1045" type="#_x0000_t75" style="width:10.5pt;height:15.75pt" o:ole="">
+                  <v:imagedata r:id="rId39" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1120" DrawAspect="Content" ObjectID="_1766263960" r:id="rId47"/>
+                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1045" DrawAspect="Content" ObjectID="_1821435559" r:id="rId51"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="00A9369F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="000B2F6E" w:rsidRPr="00A9369F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A9369F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -15523,120 +15698,120 @@
           <w:tcPr>
             <w:tcW w:w="1001" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="006A5B55" w:rsidRPr="00A9369F" w:rsidRDefault="006A5B55" w:rsidP="00A9369F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9369F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-10"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:object w:dxaOrig="220" w:dyaOrig="300">
-                <v:shape id="_x0000_i1121" type="#_x0000_t75" style="width:10.5pt;height:15.75pt" o:ole="">
-                  <v:imagedata r:id="rId35" o:title=""/>
+                <v:shape id="_x0000_i1046" type="#_x0000_t75" style="width:10.5pt;height:15.75pt" o:ole="">
+                  <v:imagedata r:id="rId39" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1121" DrawAspect="Content" ObjectID="_1766263961" r:id="rId48"/>
+                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1046" DrawAspect="Content" ObjectID="_1821435560" r:id="rId52"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="00A9369F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:t>,[GHz]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1253" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="006A5B55" w:rsidRPr="00A9369F" w:rsidRDefault="006A5B55" w:rsidP="00A9369F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-AU" w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9369F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:position w:val="-6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-AU" w:eastAsia="de-DE"/>
               </w:rPr>
               <w:object w:dxaOrig="200" w:dyaOrig="240">
-                <v:shape id="_x0000_i1122" type="#_x0000_t75" style="width:9.75pt;height:12.75pt" o:ole="">
-                  <v:imagedata r:id="rId49" o:title=""/>
+                <v:shape id="_x0000_i1047" type="#_x0000_t75" style="width:10.5pt;height:12pt" o:ole="">
+                  <v:imagedata r:id="rId53" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1122" DrawAspect="Content" ObjectID="_1766263962" r:id="rId50"/>
+                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1047" DrawAspect="Content" ObjectID="_1821435561" r:id="rId54"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="00A9369F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-AU" w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00A9369F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:position w:val="-10"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:object w:dxaOrig="480" w:dyaOrig="279">
-                <v:shape id="_x0000_i1123" type="#_x0000_t75" style="width:24.75pt;height:12.75pt" o:ole="">
-                  <v:imagedata r:id="rId51" o:title=""/>
+                <v:shape id="_x0000_i1048" type="#_x0000_t75" style="width:25.5pt;height:12pt" o:ole="">
+                  <v:imagedata r:id="rId55" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1123" DrawAspect="Content" ObjectID="_1766263963" r:id="rId52"/>
+                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1048" DrawAspect="Content" ObjectID="_1821435562" r:id="rId56"/>
               </w:object>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6959" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="006A5B55" w:rsidRPr="00A9369F" w:rsidRDefault="006A5B55" w:rsidP="00A9369F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9369F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-AU"/>
@@ -18010,54 +18185,54 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="576" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="006A5B55" w:rsidRPr="00A9369F" w:rsidRDefault="006A5B55" w:rsidP="00A9369F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9369F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:position w:val="-10"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:object w:dxaOrig="240" w:dyaOrig="300">
-                <v:shape id="_x0000_i1124" type="#_x0000_t75" style="width:10.5pt;height:15.75pt" o:ole="">
-                  <v:imagedata r:id="rId37" o:title=""/>
+                <v:shape id="_x0000_i1049" type="#_x0000_t75" style="width:10.5pt;height:15.75pt" o:ole="">
+                  <v:imagedata r:id="rId41" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1124" DrawAspect="Content" ObjectID="_1766263964" r:id="rId53"/>
+                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1049" DrawAspect="Content" ObjectID="_1821435563" r:id="rId57"/>
               </w:object>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="847" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="006A5B55" w:rsidRPr="00A9369F" w:rsidRDefault="00C01A65" w:rsidP="00A9369F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9369F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-AU"/>
@@ -18132,94 +18307,94 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="006A5B55" w:rsidRPr="00A9369F" w:rsidRDefault="006A5B55" w:rsidP="00A9369F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9369F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:position w:val="-6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:object w:dxaOrig="220" w:dyaOrig="200">
-                <v:shape id="_x0000_i1125" type="#_x0000_t75" style="width:10.5pt;height:9.75pt" o:ole="">
-                  <v:imagedata r:id="rId45" o:title=""/>
+                <v:shape id="_x0000_i1050" type="#_x0000_t75" style="width:10.5pt;height:10.5pt" o:ole="">
+                  <v:imagedata r:id="rId49" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1125" DrawAspect="Content" ObjectID="_1766263965" r:id="rId54"/>
+                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1050" DrawAspect="Content" ObjectID="_1821435564" r:id="rId58"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="00A9369F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>, [S/m]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="661" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="006A5B55" w:rsidRPr="00A9369F" w:rsidRDefault="006A5B55" w:rsidP="00A9369F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9369F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:position w:val="-10"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
               <w:object w:dxaOrig="240" w:dyaOrig="300">
-                <v:shape id="_x0000_i1126" type="#_x0000_t75" style="width:10.5pt;height:15.75pt" o:ole="">
-                  <v:imagedata r:id="rId37" o:title=""/>
+                <v:shape id="_x0000_i1051" type="#_x0000_t75" style="width:10.5pt;height:15.75pt" o:ole="">
+                  <v:imagedata r:id="rId41" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1126" DrawAspect="Content" ObjectID="_1766263966" r:id="rId55"/>
+                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1051" DrawAspect="Content" ObjectID="_1821435565" r:id="rId59"/>
               </w:object>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="770" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="006A5B55" w:rsidRPr="00A9369F" w:rsidRDefault="00C01A65" w:rsidP="00A9369F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9369F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-AU"/>
@@ -18294,54 +18469,54 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="006A5B55" w:rsidRPr="00A9369F" w:rsidRDefault="006A5B55" w:rsidP="00A9369F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9369F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:position w:val="-6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:object w:dxaOrig="220" w:dyaOrig="200">
-                <v:shape id="_x0000_i1127" type="#_x0000_t75" style="width:10.5pt;height:9.75pt" o:ole="">
-                  <v:imagedata r:id="rId45" o:title=""/>
+                <v:shape id="_x0000_i1052" type="#_x0000_t75" style="width:10.5pt;height:10.5pt" o:ole="">
+                  <v:imagedata r:id="rId49" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1127" DrawAspect="Content" ObjectID="_1766263967" r:id="rId56"/>
+                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1052" DrawAspect="Content" ObjectID="_1821435566" r:id="rId60"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="00A9369F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>, [S/m]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F61388" w:rsidRPr="00FD36EA" w:rsidTr="00A9369F">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="809" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="006A5B55" w:rsidRPr="00A9369F" w:rsidRDefault="006A5B55" w:rsidP="00A9369F">
             <w:pPr>
               <w:jc w:val="center"/>
@@ -20378,54 +20553,54 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="006A5B55" w:rsidRPr="00A9369F" w:rsidRDefault="006A5B55" w:rsidP="00A9369F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-AU" w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9369F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:position w:val="-6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:object w:dxaOrig="180" w:dyaOrig="200">
-                <v:shape id="_x0000_i1128" type="#_x0000_t75" style="width:9pt;height:9.75pt" o:ole="">
-                  <v:imagedata r:id="rId57" o:title=""/>
+                <v:shape id="_x0000_i1053" type="#_x0000_t75" style="width:9.75pt;height:10.5pt" o:ole="">
+                  <v:imagedata r:id="rId61" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1128" DrawAspect="Content" ObjectID="_1766263968" r:id="rId58"/>
+                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1053" DrawAspect="Content" ObjectID="_1821435567" r:id="rId62"/>
               </w:object>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1083" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="006A5B55" w:rsidRPr="00A9369F" w:rsidRDefault="00F61388" w:rsidP="00A9369F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9369F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
               </w:rPr>
@@ -20522,54 +20697,54 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="006A5B55" w:rsidRPr="00A9369F" w:rsidRDefault="006A5B55" w:rsidP="00A9369F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-AU" w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9369F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:position w:val="-6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:object w:dxaOrig="180" w:dyaOrig="200">
-                <v:shape id="_x0000_i1129" type="#_x0000_t75" style="width:9pt;height:9.75pt" o:ole="">
-                  <v:imagedata r:id="rId59" o:title=""/>
+                <v:shape id="_x0000_i1054" type="#_x0000_t75" style="width:9.75pt;height:10.5pt" o:ole="">
+                  <v:imagedata r:id="rId63" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1129" DrawAspect="Content" ObjectID="_1766263969" r:id="rId60"/>
+                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1054" DrawAspect="Content" ObjectID="_1821435568" r:id="rId64"/>
               </w:object>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F61388" w:rsidRPr="006562C1" w:rsidTr="00A9369F">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="779" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006A5B55" w:rsidRPr="00A9369F" w:rsidRDefault="006A5B55" w:rsidP="00A9369F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9369F">
               <w:rPr>
                 <w:sz w:val="16"/>
@@ -24447,71 +24622,70 @@
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00970E43">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00970E43" w:rsidRDefault="00223F34" w:rsidP="00340AB7">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A9369F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:noProof/>
-          <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2752725" cy="2047875"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="106" name="Рисунок 18"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Рисунок 18"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId61">
+                    <a:blip r:embed="rId65">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2752725" cy="2047875"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -24872,71 +25046,70 @@
       <w:r w:rsidRPr="00FA6A6E">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008F4F3B" w:rsidRDefault="008F4F3B" w:rsidP="006A5B55">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008F4F3B" w:rsidRDefault="00223F34" w:rsidP="008F4F3B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A9369F">
         <w:rPr>
           <w:noProof/>
-          <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2847975" cy="1866900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="107" name="Рисунок 20"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Рисунок 20"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId62">
+                    <a:blip r:embed="rId66">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2847975" cy="1866900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -24981,72 +25154,71 @@
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00B73887" w:rsidRPr="00FD17C8" w:rsidRDefault="00B73887" w:rsidP="006A5B55">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008F4F3B" w:rsidRDefault="00223F34" w:rsidP="008F4F3B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A9369F">
         <w:rPr>
           <w:noProof/>
-          <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2781300" cy="1876425"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="108" name="Рисунок 21"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Рисунок 21"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId63">
+                    <a:blip r:embed="rId67">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2781300" cy="1876425"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -25065,54 +25237,54 @@
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C4CE9">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Fig.</w:t>
       </w:r>
       <w:r w:rsidR="008D50A0" w:rsidRPr="002C4CE9">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">4. Total power calculation results for the SS structures: </w:t>
       </w:r>
       <w:r w:rsidR="00340AB7" w:rsidRPr="002C4CE9">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:position w:val="-8"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:object w:dxaOrig="1080" w:dyaOrig="279">
-          <v:shape id="_x0000_i1133" type="#_x0000_t75" style="width:44.25pt;height:11.25pt" o:ole="">
-            <v:imagedata r:id="rId64" o:title=""/>
+          <v:shape id="_x0000_i1055" type="#_x0000_t75" style="width:44.25pt;height:10.5pt" o:ole="">
+            <v:imagedata r:id="rId68" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1133" DrawAspect="Content" ObjectID="_1766263970" r:id="rId65"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1055" DrawAspect="Content" ObjectID="_1821435569" r:id="rId69"/>
         </w:object>
       </w:r>
     </w:p>
     <w:p w:rsidR="008D50A0" w:rsidRDefault="008D50A0" w:rsidP="006A5B55">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00B73887" w:rsidRPr="0064069B" w:rsidRDefault="00B73887" w:rsidP="006A5B55">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="006A5B55" w:rsidRPr="002C4CE9" w:rsidRDefault="006A5B55" w:rsidP="006A5B55">
       <w:pPr>
@@ -25552,73 +25724,95 @@
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B341A4">
         <w:t>M</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00B341A4">
         <w:t xml:space="preserve"> Yilmaz. "Mathematical modelling of two-axis photovoltaic system with improved efficiency." Elektronika Ir Elektrotechnika</w:t>
       </w:r>
       <w:r>
         <w:t>, vol. 21. 4,</w:t>
       </w:r>
       <w:r w:rsidR="00141BD3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>2015, pp</w:t>
       </w:r>
       <w:r w:rsidRPr="00B341A4">
         <w:t xml:space="preserve"> 40-43.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00141BD3" w:rsidRPr="00141BD3" w:rsidRDefault="00141BD3" w:rsidP="001523D9">
+    <w:p w:rsidR="002A53DC" w:rsidRPr="002A53DC" w:rsidRDefault="002A53DC" w:rsidP="002A53DC">
+      <w:pPr>
+        <w:pStyle w:val="References"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="426"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00141BD3" w:rsidRDefault="00141BD3" w:rsidP="001523D9">
       <w:pPr>
         <w:pStyle w:val="References"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="426" w:hanging="426"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">M. </w:t>
       </w:r>
       <w:r w:rsidRPr="00141BD3">
         <w:t xml:space="preserve">Yilmaz, "The Prediction of Electrical Vehicles' Growth Rate and Management of Electrical Energy Demand in Turkey." Green Technologies Conference (GreenTech), 2017 Ninth Annual IEEE. </w:t>
       </w:r>
       <w:r>
         <w:t>Denver, US, 2017</w:t>
       </w:r>
       <w:r w:rsidRPr="00141BD3">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00141BD3" w:rsidRPr="00141BD3" w:rsidRDefault="00141BD3" w:rsidP="001523D9">
+    <w:p w:rsidR="002A53DC" w:rsidRPr="00141BD3" w:rsidRDefault="002A53DC" w:rsidP="002A53DC">
+      <w:pPr>
+        <w:pStyle w:val="References"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00141BD3" w:rsidRDefault="00141BD3" w:rsidP="001523D9">
       <w:pPr>
         <w:pStyle w:val="References"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="426" w:hanging="426"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">G. </w:t>
       </w:r>
       <w:r w:rsidRPr="00141BD3">
         <w:t xml:space="preserve">Gokmen, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">T.Ç. </w:t>
       </w:r>
       <w:r w:rsidRPr="00141BD3">
         <w:t xml:space="preserve">Akinci, </w:t>
       </w:r>
       <w:r>
         <w:t>M.</w:t>
       </w:r>
       <w:r w:rsidRPr="00141BD3">
         <w:t xml:space="preserve"> Tektaş, </w:t>
@@ -25650,85 +25844,104 @@
       <w:r>
         <w:t xml:space="preserve"> applications using fuzzy logic”</w:t>
       </w:r>
       <w:r w:rsidRPr="00141BD3">
         <w:t> Procedia-Social and Behavioral Sciences, </w:t>
       </w:r>
       <w:r>
         <w:t>Vol.</w:t>
       </w:r>
       <w:r w:rsidRPr="00141BD3">
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="006B6707">
         <w:t>, 2</w:t>
       </w:r>
       <w:r w:rsidRPr="00141BD3">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>pp.</w:t>
       </w:r>
       <w:r w:rsidRPr="00141BD3">
         <w:t>902-909.</w:t>
       </w:r>
     </w:p>
+    <w:p w:rsidR="002A53DC" w:rsidRPr="00141BD3" w:rsidRDefault="002A53DC" w:rsidP="002A53DC">
+      <w:pPr>
+        <w:pStyle w:val="References"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+      </w:pPr>
+    </w:p>
     <w:p w:rsidR="006A5B55" w:rsidRPr="00657F95" w:rsidRDefault="00985600" w:rsidP="001523D9">
       <w:pPr>
         <w:pStyle w:val="References"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="426" w:hanging="426"/>
       </w:pPr>
       <w:r>
         <w:t>J.G. Van Bladel</w:t>
       </w:r>
       <w:r w:rsidR="006A5B55" w:rsidRPr="00657F95">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="006A5B55" w:rsidRPr="00216634">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Electromagnetic Fields</w:t>
       </w:r>
       <w:r w:rsidR="006A5B55" w:rsidRPr="00657F95">
         <w:t xml:space="preserve">, John Wiley &amp; Sons, </w:t>
       </w:r>
       <w:r w:rsidR="00B80E15">
         <w:t xml:space="preserve">2007, </w:t>
       </w:r>
       <w:r w:rsidR="0030290C">
         <w:t>p.1176</w:t>
       </w:r>
       <w:r w:rsidR="006A5B55" w:rsidRPr="00657F95">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A5B55" w:rsidRPr="00657F95" w:rsidRDefault="000158CF" w:rsidP="00E86C5B">
+    <w:p w:rsidR="002A53DC" w:rsidRDefault="002A53DC" w:rsidP="002A53DC">
+      <w:pPr>
+        <w:pStyle w:val="References"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="426"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006A5B55" w:rsidRDefault="000158CF" w:rsidP="00E86C5B">
       <w:pPr>
         <w:pStyle w:val="References"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="426" w:hanging="426"/>
       </w:pPr>
       <w:r w:rsidRPr="00657F95">
         <w:t>L</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00657F95">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006A5B55" w:rsidRPr="00657F95">
         <w:t xml:space="preserve">Hardell, </w:t>
       </w:r>
       <w:r>
         <w:t>C. Sage</w:t>
       </w:r>
       <w:r w:rsidR="00C9538D">
         <w:t>,</w:t>
@@ -25748,51 +25961,60 @@
       <w:r w:rsidR="00C9538D">
         <w:t>”</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="006A5B55" w:rsidRPr="00657F95">
         <w:t xml:space="preserve"> Biom</w:t>
       </w:r>
       <w:r w:rsidR="0030290C">
         <w:t>edicine &amp; pharmacotherapy,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Vol.62, No.2,</w:t>
       </w:r>
       <w:r w:rsidR="00B80E15">
         <w:t xml:space="preserve"> 2008, </w:t>
       </w:r>
       <w:r>
         <w:t>pp.104-109</w:t>
       </w:r>
       <w:r w:rsidR="006A5B55" w:rsidRPr="00657F95">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A5B55" w:rsidRPr="00657F95" w:rsidRDefault="00E86C5B" w:rsidP="001523D9">
+    <w:p w:rsidR="002A53DC" w:rsidRPr="00657F95" w:rsidRDefault="002A53DC" w:rsidP="002A53DC">
+      <w:pPr>
+        <w:pStyle w:val="References"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006A5B55" w:rsidRDefault="00E86C5B" w:rsidP="001523D9">
       <w:pPr>
         <w:pStyle w:val="References"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="426" w:hanging="426"/>
       </w:pPr>
       <w:r>
         <w:t>P. Jacob</w:t>
       </w:r>
       <w:r w:rsidR="006A5B55" w:rsidRPr="00657F95">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>D. Stram</w:t>
       </w:r>
       <w:r w:rsidR="00C9538D">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="006A5B55" w:rsidRPr="00657F95">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C9538D">
         <w:t>“</w:t>
@@ -25803,91 +26025,118 @@
       <w:r w:rsidR="00C9538D">
         <w:t>ical, and biological approaches”,</w:t>
       </w:r>
       <w:r w:rsidR="006A5B55" w:rsidRPr="00657F95">
         <w:t xml:space="preserve"> International journal of radia</w:t>
       </w:r>
       <w:r w:rsidR="00216634">
         <w:t>tion biology,</w:t>
       </w:r>
       <w:r w:rsidR="006A5B55" w:rsidRPr="00657F95">
         <w:t xml:space="preserve"> January</w:t>
       </w:r>
       <w:r w:rsidR="00B80E15">
         <w:t xml:space="preserve"> 2013</w:t>
       </w:r>
       <w:r w:rsidR="006A5B55" w:rsidRPr="00657F95">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> pp.1-11</w:t>
       </w:r>
       <w:r w:rsidR="006A5B55" w:rsidRPr="00657F95">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A5B55" w:rsidRPr="00657F95" w:rsidRDefault="006A5B55" w:rsidP="001523D9">
+    <w:p w:rsidR="002A53DC" w:rsidRPr="00657F95" w:rsidRDefault="002A53DC" w:rsidP="002A53DC">
+      <w:pPr>
+        <w:pStyle w:val="References"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006A5B55" w:rsidRDefault="006A5B55" w:rsidP="001523D9">
       <w:pPr>
         <w:pStyle w:val="References"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="426" w:hanging="426"/>
       </w:pPr>
       <w:r w:rsidRPr="00657F95">
         <w:t>Electromagnetic Fields (300 Hz to 300 GHz), Environmental Health Criteria 137, World Health Organization, Geneva, Switzerland, 1993.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A5B55" w:rsidRPr="00657F95" w:rsidRDefault="006A5B55" w:rsidP="001523D9">
+    <w:p w:rsidR="002A53DC" w:rsidRPr="00657F95" w:rsidRDefault="002A53DC" w:rsidP="002A53DC">
+      <w:pPr>
+        <w:pStyle w:val="References"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006A5B55" w:rsidRDefault="006A5B55" w:rsidP="001523D9">
       <w:pPr>
         <w:pStyle w:val="References"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="426" w:hanging="426"/>
       </w:pPr>
       <w:r w:rsidRPr="00657F95">
         <w:t>Electromagnetic fields in the occupational and general environment, (2011); The 10 kHz - 300 GHz frequency bands normalized parametersvalues ​​and measurement requirements,</w:t>
       </w:r>
       <w:r w:rsidR="005C22A5">
         <w:t xml:space="preserve"> HN 80</w:t>
       </w:r>
       <w:r w:rsidR="00B80E15">
         <w:t>, No.</w:t>
       </w:r>
       <w:r w:rsidRPr="00657F95">
         <w:t>V-199</w:t>
       </w:r>
       <w:r w:rsidR="005C22A5">
         <w:t>, 2011</w:t>
       </w:r>
       <w:r w:rsidRPr="00657F95">
         <w:t>.</w:t>
       </w:r>
     </w:p>
+    <w:p w:rsidR="002A53DC" w:rsidRPr="00657F95" w:rsidRDefault="002A53DC" w:rsidP="002A53DC">
+      <w:pPr>
+        <w:pStyle w:val="References"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+      </w:pPr>
+    </w:p>
     <w:p w:rsidR="006A5B55" w:rsidRDefault="003A2A08" w:rsidP="001523D9">
       <w:pPr>
         <w:pStyle w:val="References"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="426" w:hanging="426"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">P. </w:t>
       </w:r>
       <w:r w:rsidR="006A5B55" w:rsidRPr="00657F95">
         <w:t>Saville</w:t>
       </w:r>
       <w:r w:rsidR="00AA5B81">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="006A5B55" w:rsidRPr="00657F95">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006A5B55" w:rsidRPr="00B80E15">
         <w:rPr>
           <w:i/>
         </w:rPr>
@@ -25912,300 +26161,203 @@
         </w:numPr>
         <w:rPr>
           <w:i w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="006B6707" w:rsidRDefault="006B6707" w:rsidP="006B6707">
       <w:pPr>
         <w:pStyle w:val="Balk2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B6707">
         <w:rPr>
           <w:i w:val="0"/>
         </w:rPr>
         <w:t>BIOGRAPHIES</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B6707" w:rsidRPr="00CD684F" w:rsidRDefault="00223F34" w:rsidP="006B6707">
+    <w:p w:rsidR="002A53DC" w:rsidRPr="002A53DC" w:rsidRDefault="002A53DC" w:rsidP="002A53DC">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times-Roman" w:hAnsi="Times-Roman" w:cs="Times-Roman"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
           <w:noProof/>
-          <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655680" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="0">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661824" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="70F5AC01" wp14:editId="1BD4A6D7">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>69215</wp:posOffset>
+              <wp:posOffset>0</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>38735</wp:posOffset>
+              <wp:posOffset>57312</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="914400" cy="1147445"/>
-[...10 lines deleted...]
-            <wp:docPr id="17" name="Resim 17" descr="photo new"/>
+            <wp:extent cx="871220" cy="1148080"/>
+            <wp:effectExtent l="0" t="0" r="5080" b="0"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="3" name="Resim 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 17" descr="photo new"/>
+                    <pic:cNvPr id="0" name="Picture 33"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId66">
+                    <a:blip r:embed="rId70">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="914400" cy="1147445"/>
+                      <a:ext cx="871220" cy="1148080"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
-                    <a:ln>
-[...1 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="009315E5">
+      <w:r w:rsidR="006516D6">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve">First Author </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006B6707" w:rsidRPr="00CD684F">
+        <w:t>Musa Yilmaz</w:t>
+      </w:r>
+      <w:r w:rsidR="009315E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A53DC">
         <w:rPr>
           <w:rFonts w:ascii="Times-Roman" w:hAnsi="Times-Roman" w:cs="Times-Roman"/>
         </w:rPr>
-        <w:t>Village, New York City, in 197</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006B6707">
+        <w:t>Musa Yilmaz (IEEE Senior Member) obtained his Bachelor's degree in Electrical Electronics Engineering in 2001, followed by an M.Sc. degree in Electrical Education in 2004, and a Ph.D. degree in Electrical Education from the same university in 2013. He currently serves as an Associate Professor at the Electrical and Electronics Engineering departments of both Batman University and the CE-CERT Unive</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times-Roman" w:hAnsi="Times-Roman" w:cs="Times-Roman"/>
         </w:rPr>
-        <w:t>6</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006B6707" w:rsidRPr="00CD684F">
+        <w:t xml:space="preserve">rsity of California, Riverside. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A53DC">
         <w:rPr>
           <w:rFonts w:ascii="Times-Roman" w:hAnsi="Times-Roman" w:cs="Times-Roman"/>
         </w:rPr>
-        <w:t>. He received the B</w:t>
-[...35 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve">From 2015 to 2016, Dr. Yılmaz was a visiting scholar at the Smart Grid Research Center (SMERC) at the University of California, Los Angeles (UCLA). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B6707" w:rsidRDefault="006B6707" w:rsidP="006B6707">
-[...2 lines deleted...]
-        <w:autoSpaceDN w:val="0"/>
+    <w:p w:rsidR="006B6707" w:rsidRPr="00CD684F" w:rsidRDefault="00223F34" w:rsidP="006B6707">
+      <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...8 lines deleted...]
-      </w:r>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times-Roman" w:hAnsi="Times-Roman" w:cs="Times-Roman"/>
-[...51 lines deleted...]
-        <w:rPr>
           <w:noProof/>
-          <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656704" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>5715</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>50165</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="914400" cy="1143000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="18" name="Resim 18" descr="photo new"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 18" descr="photo new"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId66">
+                    <a:blip r:embed="rId71">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="914400" cy="1143000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -26357,79 +26509,78 @@
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times-Roman" w:hAnsi="Times-Roman" w:cs="Times-Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="006B6707" w:rsidRPr="006B6707" w:rsidRDefault="00223F34" w:rsidP="006B6707">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times-Roman" w:hAnsi="Times-Roman" w:cs="Times-Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-3810</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>22860</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="914400" cy="1143000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="20" name="Resim 20" descr="photo new"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 20" descr="photo new"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId66">
+                    <a:blip r:embed="rId71">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="914400" cy="1143000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -27095,58 +27246,58 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times-Roman" w:hAnsi="Times-Roman" w:cs="Times-Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="006B6707" w:rsidRDefault="006B6707" w:rsidP="006B6707"/>
     <w:sectPr w:rsidR="006B6707" w:rsidSect="00445E4C">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="936" w:bottom="1008" w:left="936" w:header="432" w:footer="432" w:gutter="0"/>
       <w:pgNumType w:start="99"/>
       <w:cols w:num="2" w:space="288"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="005D7219" w:rsidRDefault="005D7219">
+    <w:p w:rsidR="00E31C53" w:rsidRDefault="00E31C53">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="005D7219" w:rsidRDefault="005D7219">
+    <w:p w:rsidR="00E31C53" w:rsidRDefault="00E31C53">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -27203,53 +27354,54 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="Yu Gothic UI"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lato">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="5000ECFF" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="5000ECFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
+    <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="AR CARTER">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="0000000A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana-Italic">
     <w:altName w:val="Verdana"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="A2"/>
@@ -27264,246 +27416,312 @@
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times-Roman">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00C51490" w:rsidRPr="00970E43" w:rsidRDefault="00970E43" w:rsidP="00970E43">
+  <w:p w:rsidR="00FC0E8A" w:rsidRDefault="00FC0E8A">
+    <w:pPr>
+      <w:pStyle w:val="AltBilgi0"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00D72EAB" w:rsidRPr="00970E43" w:rsidRDefault="00D72EAB" w:rsidP="00970E43">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="A5A5A5"/>
       </w:pBdr>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="808080"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="tr-TR"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="808080"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="tr-TR"/>
       </w:rPr>
       <w:t>Copyright © BAJECE</w:t>
     </w:r>
     <w:r w:rsidRPr="00C51490">
       <w:rPr>
         <w:rFonts w:ascii="AR CARTER" w:hAnsi="AR CARTER"/>
         <w:noProof/>
         <w:color w:val="808080"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="tr-TR"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="808080"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="tr-TR"/>
       </w:rPr>
       <w:t xml:space="preserve">                                                               ISSN: 2147-284X                                                     </w:t>
     </w:r>
     <w:hyperlink r:id="rId1" w:history="1">
-      <w:r w:rsidR="00141BD3" w:rsidRPr="00DC0C27">
+      <w:r w:rsidRPr="00DC0C27">
         <w:rPr>
           <w:rStyle w:val="Kpr"/>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="none"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t>http://dergipark.gov.tr/bajece</w:t>
       </w:r>
     </w:hyperlink>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="808080"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="tr-TR"/>
       </w:rPr>
       <w:t xml:space="preserve">       </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00FC0E8A" w:rsidRDefault="00FC0E8A">
+    <w:pPr>
+      <w:pStyle w:val="AltBilgi0"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="005D7219" w:rsidRDefault="005D7219"/>
+    <w:p w:rsidR="00E31C53" w:rsidRDefault="00E31C53"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="005D7219" w:rsidRDefault="005D7219">
+    <w:p w:rsidR="00E31C53" w:rsidRDefault="00E31C53">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00EE7B74" w:rsidRDefault="00680D99" w:rsidP="00680D99">
+  <w:p w:rsidR="00FC0E8A" w:rsidRDefault="00FC0E8A">
     <w:pPr>
       <w:pStyle w:val="stBilgi"/>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00E92360" w:rsidRPr="00C4057B" w:rsidRDefault="00E92360" w:rsidP="00E92360">
+    <w:pPr>
+      <w:pStyle w:val="a0"/>
     </w:pPr>
     <w:r w:rsidRPr="006E772C">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>BALKAN JOURNAL OF ELE</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>CTRICAL &amp; COMPUTER ENGINEERING,     Vol. 1</w:t>
-[...6 lines deleted...]
-      <w:t>2, No. 1</w:t>
+      <w:t xml:space="preserve">CTRICAL &amp; COMPUTER ENGINEERING,     Vol. 13, No. 3, September </w:t>
     </w:r>
     <w:r>
-      <w:rPr>
-[...12 lines deleted...]
-    <w:r w:rsidR="00673912">
       <w:rPr>
         <w:bCs/>
         <w:color w:val="000000"/>
       </w:rPr>
-      <w:t xml:space="preserve"> 2024</w:t>
+      <w:t>2025</w:t>
     </w:r>
-  </w:p>
-[...3 lines deleted...]
-    </w:pPr>
     <w:r w:rsidRPr="0017308E">
       <w:rPr>
         <w:bCs/>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t xml:space="preserve">  </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:bCs/>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t xml:space="preserve">  </w:t>
     </w:r>
     <w:r w:rsidRPr="0017308E">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t xml:space="preserve">           </w:t>
     </w:r>
     <w:r w:rsidRPr="0017308E">
       <w:rPr>
         <w:bCs/>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t xml:space="preserve">  </w:t>
     </w:r>
     <w:r w:rsidRPr="006E772C">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">                          </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="0036171D" w:rsidRDefault="0036171D">
+  <w:p w:rsidR="00D72EAB" w:rsidRPr="00680D99" w:rsidRDefault="00D72EAB" w:rsidP="00680D99">
+    <w:pPr>
+      <w:pStyle w:val="stBilgi"/>
+    </w:pPr>
+    <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:r w:rsidRPr="0017308E">
+      <w:rPr>
+        <w:bCs/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+      <w:t xml:space="preserve">  </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:bCs/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+      <w:t xml:space="preserve">  </w:t>
+    </w:r>
+    <w:r w:rsidRPr="0017308E">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+      <w:t xml:space="preserve">           </w:t>
+    </w:r>
+    <w:r w:rsidRPr="0017308E">
+      <w:rPr>
+        <w:bCs/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+      <w:t xml:space="preserve">  </w:t>
+    </w:r>
+    <w:r w:rsidRPr="006E772C">
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve">                          </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="000000"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="00D72EAB" w:rsidRDefault="00D72EAB">
     <w:pPr>
       <w:ind w:right="360"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00FC0E8A" w:rsidRDefault="00FC0E8A">
+    <w:pPr>
+      <w:pStyle w:val="stBilgi"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFFFB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="42B0EBD6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:pStyle w:val="Balk1"/>
       <w:lvlText w:val="%1."/>
       <w:legacy w:legacy="1" w:legacySpace="144" w:legacyIndent="144"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
@@ -29681,86 +29899,88 @@
     <w:rsid w:val="00231121"/>
     <w:rsid w:val="00231F90"/>
     <w:rsid w:val="002434A1"/>
     <w:rsid w:val="002465B6"/>
     <w:rsid w:val="00247720"/>
     <w:rsid w:val="0025219D"/>
     <w:rsid w:val="002548CB"/>
     <w:rsid w:val="00255CE7"/>
     <w:rsid w:val="00263326"/>
     <w:rsid w:val="00263943"/>
     <w:rsid w:val="002642B9"/>
     <w:rsid w:val="00266FAB"/>
     <w:rsid w:val="00267B35"/>
     <w:rsid w:val="00270D66"/>
     <w:rsid w:val="00271356"/>
     <w:rsid w:val="00275329"/>
     <w:rsid w:val="002842D3"/>
     <w:rsid w:val="0028450C"/>
     <w:rsid w:val="00284D6C"/>
     <w:rsid w:val="002920EE"/>
     <w:rsid w:val="00293AA2"/>
     <w:rsid w:val="002A0222"/>
     <w:rsid w:val="002A2B9E"/>
     <w:rsid w:val="002A421B"/>
     <w:rsid w:val="002A44BB"/>
+    <w:rsid w:val="002A53DC"/>
     <w:rsid w:val="002B293D"/>
     <w:rsid w:val="002B364E"/>
     <w:rsid w:val="002B480B"/>
     <w:rsid w:val="002B5E87"/>
     <w:rsid w:val="002B69A0"/>
     <w:rsid w:val="002B6EE3"/>
     <w:rsid w:val="002B77A1"/>
     <w:rsid w:val="002C01B6"/>
     <w:rsid w:val="002C4CE9"/>
     <w:rsid w:val="002D17CE"/>
     <w:rsid w:val="002D3184"/>
     <w:rsid w:val="002D7970"/>
     <w:rsid w:val="002F0B1B"/>
     <w:rsid w:val="002F0B97"/>
     <w:rsid w:val="002F3A72"/>
     <w:rsid w:val="002F4D13"/>
     <w:rsid w:val="002F5C71"/>
     <w:rsid w:val="002F74F1"/>
     <w:rsid w:val="002F7910"/>
     <w:rsid w:val="0030290C"/>
     <w:rsid w:val="0030525A"/>
     <w:rsid w:val="003141C6"/>
     <w:rsid w:val="00323EA7"/>
     <w:rsid w:val="00326815"/>
     <w:rsid w:val="00327540"/>
     <w:rsid w:val="00331FF5"/>
     <w:rsid w:val="00340AB7"/>
     <w:rsid w:val="003427CE"/>
     <w:rsid w:val="00352154"/>
     <w:rsid w:val="00353743"/>
     <w:rsid w:val="00360269"/>
     <w:rsid w:val="00360F02"/>
     <w:rsid w:val="0036171D"/>
     <w:rsid w:val="0036252A"/>
     <w:rsid w:val="003632E7"/>
     <w:rsid w:val="00363ED4"/>
+    <w:rsid w:val="00364790"/>
     <w:rsid w:val="003706DA"/>
     <w:rsid w:val="003715D1"/>
     <w:rsid w:val="0037186B"/>
     <w:rsid w:val="003722DE"/>
     <w:rsid w:val="00375384"/>
     <w:rsid w:val="0037551B"/>
     <w:rsid w:val="00381354"/>
     <w:rsid w:val="00382C60"/>
     <w:rsid w:val="003832BB"/>
     <w:rsid w:val="00392DBA"/>
     <w:rsid w:val="00393860"/>
     <w:rsid w:val="003A29DE"/>
     <w:rsid w:val="003A2A08"/>
     <w:rsid w:val="003A38EC"/>
     <w:rsid w:val="003B12A1"/>
     <w:rsid w:val="003B461F"/>
     <w:rsid w:val="003B518E"/>
     <w:rsid w:val="003B7496"/>
     <w:rsid w:val="003C3322"/>
     <w:rsid w:val="003C68C2"/>
     <w:rsid w:val="003D20E9"/>
     <w:rsid w:val="003D3C58"/>
     <w:rsid w:val="003D4CAE"/>
     <w:rsid w:val="003F26BD"/>
     <w:rsid w:val="003F52AD"/>
@@ -29868,50 +30088,51 @@
     <w:rsid w:val="005E1AF6"/>
     <w:rsid w:val="005E2ADC"/>
     <w:rsid w:val="005E4DD0"/>
     <w:rsid w:val="005E692F"/>
     <w:rsid w:val="005F5813"/>
     <w:rsid w:val="00602A5C"/>
     <w:rsid w:val="006039F2"/>
     <w:rsid w:val="00610BE9"/>
     <w:rsid w:val="00611C9C"/>
     <w:rsid w:val="006120E0"/>
     <w:rsid w:val="0061655D"/>
     <w:rsid w:val="006177CD"/>
     <w:rsid w:val="00620542"/>
     <w:rsid w:val="0062114B"/>
     <w:rsid w:val="006226D7"/>
     <w:rsid w:val="00623698"/>
     <w:rsid w:val="00625E96"/>
     <w:rsid w:val="00625F6C"/>
     <w:rsid w:val="0063043B"/>
     <w:rsid w:val="00631BA2"/>
     <w:rsid w:val="0064069B"/>
     <w:rsid w:val="00641C04"/>
     <w:rsid w:val="006464C8"/>
     <w:rsid w:val="00647C09"/>
     <w:rsid w:val="00650D0F"/>
+    <w:rsid w:val="006516D6"/>
     <w:rsid w:val="00657F95"/>
     <w:rsid w:val="00660F03"/>
     <w:rsid w:val="00666F49"/>
     <w:rsid w:val="00673912"/>
     <w:rsid w:val="006772E3"/>
     <w:rsid w:val="00680D99"/>
     <w:rsid w:val="00682FB2"/>
     <w:rsid w:val="0068463A"/>
     <w:rsid w:val="00684946"/>
     <w:rsid w:val="00684EB9"/>
     <w:rsid w:val="00687561"/>
     <w:rsid w:val="00693D5D"/>
     <w:rsid w:val="006A3196"/>
     <w:rsid w:val="006A3977"/>
     <w:rsid w:val="006A5926"/>
     <w:rsid w:val="006A5B55"/>
     <w:rsid w:val="006B0D2B"/>
     <w:rsid w:val="006B6707"/>
     <w:rsid w:val="006B7F03"/>
     <w:rsid w:val="006C4FC6"/>
     <w:rsid w:val="006C507C"/>
     <w:rsid w:val="006D50A2"/>
     <w:rsid w:val="006E0E91"/>
     <w:rsid w:val="006E48CD"/>
     <w:rsid w:val="006E71F4"/>
@@ -29941,87 +30162,91 @@
     <w:rsid w:val="007F2315"/>
     <w:rsid w:val="007F7AA6"/>
     <w:rsid w:val="00800A86"/>
     <w:rsid w:val="0080515A"/>
     <w:rsid w:val="00805EE5"/>
     <w:rsid w:val="00823624"/>
     <w:rsid w:val="0082711E"/>
     <w:rsid w:val="008336D3"/>
     <w:rsid w:val="00837E47"/>
     <w:rsid w:val="00840881"/>
     <w:rsid w:val="00843297"/>
     <w:rsid w:val="0085128F"/>
     <w:rsid w:val="008518FE"/>
     <w:rsid w:val="00854EBB"/>
     <w:rsid w:val="0085659C"/>
     <w:rsid w:val="00862A61"/>
     <w:rsid w:val="00872026"/>
     <w:rsid w:val="0087792E"/>
     <w:rsid w:val="00883EAF"/>
     <w:rsid w:val="00885258"/>
     <w:rsid w:val="00896413"/>
     <w:rsid w:val="00896EB2"/>
     <w:rsid w:val="008A240B"/>
     <w:rsid w:val="008A30C3"/>
     <w:rsid w:val="008A3C23"/>
+    <w:rsid w:val="008B2083"/>
     <w:rsid w:val="008B3426"/>
     <w:rsid w:val="008B4532"/>
     <w:rsid w:val="008B4AFE"/>
     <w:rsid w:val="008C05E8"/>
     <w:rsid w:val="008C47E0"/>
     <w:rsid w:val="008C49CC"/>
     <w:rsid w:val="008C4A85"/>
     <w:rsid w:val="008C79CA"/>
     <w:rsid w:val="008D2EF8"/>
     <w:rsid w:val="008D50A0"/>
     <w:rsid w:val="008D69E9"/>
     <w:rsid w:val="008E0645"/>
     <w:rsid w:val="008E2AD8"/>
     <w:rsid w:val="008E45D3"/>
     <w:rsid w:val="008F0181"/>
     <w:rsid w:val="008F4F3B"/>
     <w:rsid w:val="008F69E8"/>
     <w:rsid w:val="008F6E25"/>
     <w:rsid w:val="008F703B"/>
     <w:rsid w:val="008F72CB"/>
     <w:rsid w:val="00904C7E"/>
     <w:rsid w:val="009063F4"/>
+    <w:rsid w:val="00906EA7"/>
     <w:rsid w:val="0091035B"/>
     <w:rsid w:val="00911952"/>
     <w:rsid w:val="00913286"/>
+    <w:rsid w:val="009269CC"/>
     <w:rsid w:val="00930934"/>
     <w:rsid w:val="009315E5"/>
     <w:rsid w:val="00935925"/>
     <w:rsid w:val="00937805"/>
     <w:rsid w:val="00944239"/>
     <w:rsid w:val="009460A2"/>
     <w:rsid w:val="009670EA"/>
     <w:rsid w:val="00967451"/>
     <w:rsid w:val="00970E43"/>
     <w:rsid w:val="00971EA7"/>
     <w:rsid w:val="00985600"/>
     <w:rsid w:val="009862A5"/>
+    <w:rsid w:val="00986925"/>
     <w:rsid w:val="00990C97"/>
     <w:rsid w:val="0099703F"/>
     <w:rsid w:val="009972C4"/>
     <w:rsid w:val="009A1696"/>
     <w:rsid w:val="009A1F6E"/>
     <w:rsid w:val="009A309C"/>
     <w:rsid w:val="009A389B"/>
     <w:rsid w:val="009A3A27"/>
     <w:rsid w:val="009A4BFA"/>
     <w:rsid w:val="009A63F4"/>
     <w:rsid w:val="009A70AA"/>
     <w:rsid w:val="009B03E5"/>
     <w:rsid w:val="009B73E6"/>
     <w:rsid w:val="009C3578"/>
     <w:rsid w:val="009C59D3"/>
     <w:rsid w:val="009C619C"/>
     <w:rsid w:val="009C7D17"/>
     <w:rsid w:val="009D060A"/>
     <w:rsid w:val="009D70E9"/>
     <w:rsid w:val="009E3F1D"/>
     <w:rsid w:val="009E484E"/>
     <w:rsid w:val="009E61D9"/>
     <w:rsid w:val="009E6E45"/>
     <w:rsid w:val="009F2FA1"/>
     <w:rsid w:val="009F40FB"/>
@@ -30029,130 +30254,134 @@
     <w:rsid w:val="009F6582"/>
     <w:rsid w:val="009F77FC"/>
     <w:rsid w:val="00A0136E"/>
     <w:rsid w:val="00A0249C"/>
     <w:rsid w:val="00A03CA6"/>
     <w:rsid w:val="00A109D5"/>
     <w:rsid w:val="00A134C6"/>
     <w:rsid w:val="00A17F5D"/>
     <w:rsid w:val="00A20C43"/>
     <w:rsid w:val="00A21040"/>
     <w:rsid w:val="00A22A2D"/>
     <w:rsid w:val="00A22FCB"/>
     <w:rsid w:val="00A2731B"/>
     <w:rsid w:val="00A27566"/>
     <w:rsid w:val="00A3361E"/>
     <w:rsid w:val="00A44AA8"/>
     <w:rsid w:val="00A44DF2"/>
     <w:rsid w:val="00A46E96"/>
     <w:rsid w:val="00A472F1"/>
     <w:rsid w:val="00A502F6"/>
     <w:rsid w:val="00A5086A"/>
     <w:rsid w:val="00A51A4B"/>
     <w:rsid w:val="00A542AE"/>
     <w:rsid w:val="00A554A3"/>
     <w:rsid w:val="00A557C4"/>
+    <w:rsid w:val="00A57F44"/>
+    <w:rsid w:val="00A666FE"/>
     <w:rsid w:val="00A70DAF"/>
     <w:rsid w:val="00A70FDB"/>
     <w:rsid w:val="00A7160D"/>
     <w:rsid w:val="00A740DC"/>
     <w:rsid w:val="00A758EA"/>
     <w:rsid w:val="00A80AC7"/>
     <w:rsid w:val="00A85177"/>
     <w:rsid w:val="00A87704"/>
     <w:rsid w:val="00A87944"/>
     <w:rsid w:val="00A90CA0"/>
     <w:rsid w:val="00A919E4"/>
     <w:rsid w:val="00A9369F"/>
     <w:rsid w:val="00A95C50"/>
     <w:rsid w:val="00AA0D4C"/>
     <w:rsid w:val="00AA2957"/>
     <w:rsid w:val="00AA2ECE"/>
     <w:rsid w:val="00AA5B81"/>
     <w:rsid w:val="00AB2C4C"/>
     <w:rsid w:val="00AB32C8"/>
     <w:rsid w:val="00AB79A6"/>
     <w:rsid w:val="00AC4850"/>
     <w:rsid w:val="00AC72C1"/>
     <w:rsid w:val="00AD2CB3"/>
     <w:rsid w:val="00AE6D8A"/>
     <w:rsid w:val="00AE70A8"/>
     <w:rsid w:val="00AF3E49"/>
     <w:rsid w:val="00AF5B82"/>
     <w:rsid w:val="00AF6967"/>
     <w:rsid w:val="00B03A54"/>
     <w:rsid w:val="00B0564B"/>
+    <w:rsid w:val="00B07F44"/>
     <w:rsid w:val="00B1028F"/>
     <w:rsid w:val="00B10CE3"/>
     <w:rsid w:val="00B10DCA"/>
     <w:rsid w:val="00B11C6F"/>
     <w:rsid w:val="00B11E14"/>
     <w:rsid w:val="00B127C3"/>
     <w:rsid w:val="00B13586"/>
     <w:rsid w:val="00B15E9A"/>
     <w:rsid w:val="00B16710"/>
     <w:rsid w:val="00B238B8"/>
     <w:rsid w:val="00B27DF8"/>
     <w:rsid w:val="00B339FB"/>
     <w:rsid w:val="00B341A4"/>
     <w:rsid w:val="00B34AA4"/>
     <w:rsid w:val="00B34E15"/>
     <w:rsid w:val="00B350D1"/>
     <w:rsid w:val="00B426EE"/>
     <w:rsid w:val="00B45A29"/>
     <w:rsid w:val="00B47B59"/>
     <w:rsid w:val="00B53F81"/>
     <w:rsid w:val="00B544C2"/>
     <w:rsid w:val="00B56C2B"/>
     <w:rsid w:val="00B628F2"/>
     <w:rsid w:val="00B63EFD"/>
     <w:rsid w:val="00B64455"/>
     <w:rsid w:val="00B65BD3"/>
     <w:rsid w:val="00B70469"/>
     <w:rsid w:val="00B72DD8"/>
     <w:rsid w:val="00B72E09"/>
     <w:rsid w:val="00B73887"/>
     <w:rsid w:val="00B77D43"/>
     <w:rsid w:val="00B80BD6"/>
     <w:rsid w:val="00B80E15"/>
     <w:rsid w:val="00B84846"/>
     <w:rsid w:val="00B84A62"/>
     <w:rsid w:val="00B95DB2"/>
     <w:rsid w:val="00B97439"/>
     <w:rsid w:val="00BA67FF"/>
     <w:rsid w:val="00BB0CD5"/>
     <w:rsid w:val="00BB10E0"/>
     <w:rsid w:val="00BC7713"/>
     <w:rsid w:val="00BD0D76"/>
     <w:rsid w:val="00BD24AC"/>
     <w:rsid w:val="00BE604F"/>
     <w:rsid w:val="00BF0C69"/>
     <w:rsid w:val="00BF337B"/>
     <w:rsid w:val="00BF629B"/>
     <w:rsid w:val="00BF655C"/>
     <w:rsid w:val="00C0001C"/>
     <w:rsid w:val="00C01A65"/>
+    <w:rsid w:val="00C03EE4"/>
     <w:rsid w:val="00C075EF"/>
     <w:rsid w:val="00C07A66"/>
     <w:rsid w:val="00C07D57"/>
     <w:rsid w:val="00C11E83"/>
     <w:rsid w:val="00C131E7"/>
     <w:rsid w:val="00C1554B"/>
     <w:rsid w:val="00C15BE7"/>
     <w:rsid w:val="00C2378A"/>
     <w:rsid w:val="00C30E32"/>
     <w:rsid w:val="00C359C6"/>
     <w:rsid w:val="00C37238"/>
     <w:rsid w:val="00C378A1"/>
     <w:rsid w:val="00C41644"/>
     <w:rsid w:val="00C448B0"/>
     <w:rsid w:val="00C51490"/>
     <w:rsid w:val="00C5757A"/>
     <w:rsid w:val="00C57E39"/>
     <w:rsid w:val="00C621D6"/>
     <w:rsid w:val="00C73030"/>
     <w:rsid w:val="00C74C7C"/>
     <w:rsid w:val="00C76B6B"/>
     <w:rsid w:val="00C777C5"/>
     <w:rsid w:val="00C82D86"/>
     <w:rsid w:val="00C83112"/>
     <w:rsid w:val="00C85A93"/>
@@ -30173,193 +30402,200 @@
     <w:rsid w:val="00CD3567"/>
     <w:rsid w:val="00CD5C09"/>
     <w:rsid w:val="00CD684F"/>
     <w:rsid w:val="00CD73B6"/>
     <w:rsid w:val="00CE014D"/>
     <w:rsid w:val="00CF29C1"/>
     <w:rsid w:val="00CF62C0"/>
     <w:rsid w:val="00D01620"/>
     <w:rsid w:val="00D0292C"/>
     <w:rsid w:val="00D06623"/>
     <w:rsid w:val="00D14C6B"/>
     <w:rsid w:val="00D16558"/>
     <w:rsid w:val="00D2714A"/>
     <w:rsid w:val="00D33044"/>
     <w:rsid w:val="00D4482B"/>
     <w:rsid w:val="00D451A3"/>
     <w:rsid w:val="00D52350"/>
     <w:rsid w:val="00D52A02"/>
     <w:rsid w:val="00D551FF"/>
     <w:rsid w:val="00D5536F"/>
     <w:rsid w:val="00D55BF7"/>
     <w:rsid w:val="00D55C6C"/>
     <w:rsid w:val="00D56935"/>
     <w:rsid w:val="00D7143A"/>
     <w:rsid w:val="00D71639"/>
+    <w:rsid w:val="00D72EAB"/>
     <w:rsid w:val="00D758C6"/>
     <w:rsid w:val="00D803ED"/>
     <w:rsid w:val="00D8156B"/>
+    <w:rsid w:val="00D83055"/>
     <w:rsid w:val="00D8332F"/>
     <w:rsid w:val="00D83C59"/>
     <w:rsid w:val="00D85825"/>
     <w:rsid w:val="00D90C10"/>
     <w:rsid w:val="00D92E96"/>
     <w:rsid w:val="00DA2324"/>
     <w:rsid w:val="00DA258C"/>
     <w:rsid w:val="00DA6872"/>
     <w:rsid w:val="00DA79DF"/>
     <w:rsid w:val="00DB0D37"/>
     <w:rsid w:val="00DB2C01"/>
     <w:rsid w:val="00DB3262"/>
     <w:rsid w:val="00DB51E3"/>
     <w:rsid w:val="00DC0C27"/>
     <w:rsid w:val="00DC489E"/>
     <w:rsid w:val="00DC4DE8"/>
     <w:rsid w:val="00DC6888"/>
     <w:rsid w:val="00DC6ECB"/>
     <w:rsid w:val="00DD237F"/>
     <w:rsid w:val="00DD2ABA"/>
+    <w:rsid w:val="00DE46D6"/>
     <w:rsid w:val="00DE5D73"/>
     <w:rsid w:val="00DF2DDE"/>
     <w:rsid w:val="00DF7788"/>
     <w:rsid w:val="00E01667"/>
     <w:rsid w:val="00E03C05"/>
     <w:rsid w:val="00E11AF4"/>
     <w:rsid w:val="00E200A6"/>
     <w:rsid w:val="00E22435"/>
     <w:rsid w:val="00E25BA2"/>
+    <w:rsid w:val="00E31C53"/>
     <w:rsid w:val="00E36209"/>
     <w:rsid w:val="00E36AEE"/>
     <w:rsid w:val="00E420BB"/>
     <w:rsid w:val="00E463E3"/>
     <w:rsid w:val="00E50DF6"/>
     <w:rsid w:val="00E51E38"/>
     <w:rsid w:val="00E53E36"/>
     <w:rsid w:val="00E54DDD"/>
     <w:rsid w:val="00E56923"/>
     <w:rsid w:val="00E575E2"/>
     <w:rsid w:val="00E60ABC"/>
     <w:rsid w:val="00E618C8"/>
     <w:rsid w:val="00E63C7B"/>
     <w:rsid w:val="00E66BEF"/>
     <w:rsid w:val="00E73E80"/>
     <w:rsid w:val="00E86C5B"/>
     <w:rsid w:val="00E902CF"/>
     <w:rsid w:val="00E9066B"/>
+    <w:rsid w:val="00E92360"/>
     <w:rsid w:val="00E965C5"/>
     <w:rsid w:val="00E96A3A"/>
     <w:rsid w:val="00E97402"/>
     <w:rsid w:val="00E97B99"/>
     <w:rsid w:val="00EA0018"/>
     <w:rsid w:val="00EA2ED2"/>
     <w:rsid w:val="00EA373D"/>
     <w:rsid w:val="00EA7880"/>
     <w:rsid w:val="00EB2BE8"/>
     <w:rsid w:val="00EB2E9D"/>
     <w:rsid w:val="00EB42AA"/>
     <w:rsid w:val="00ED313D"/>
     <w:rsid w:val="00ED684D"/>
+    <w:rsid w:val="00EE2C2A"/>
     <w:rsid w:val="00EE2EF5"/>
     <w:rsid w:val="00EE6FFC"/>
     <w:rsid w:val="00EE7B74"/>
     <w:rsid w:val="00EF10AC"/>
     <w:rsid w:val="00EF1957"/>
     <w:rsid w:val="00EF27EA"/>
     <w:rsid w:val="00EF4701"/>
     <w:rsid w:val="00EF48F3"/>
     <w:rsid w:val="00EF564E"/>
     <w:rsid w:val="00F01AEA"/>
     <w:rsid w:val="00F03E60"/>
     <w:rsid w:val="00F057FA"/>
     <w:rsid w:val="00F10E1F"/>
     <w:rsid w:val="00F116FD"/>
     <w:rsid w:val="00F22198"/>
+    <w:rsid w:val="00F31407"/>
     <w:rsid w:val="00F33D49"/>
     <w:rsid w:val="00F3481E"/>
     <w:rsid w:val="00F35FBE"/>
     <w:rsid w:val="00F3638F"/>
     <w:rsid w:val="00F41503"/>
     <w:rsid w:val="00F476D3"/>
     <w:rsid w:val="00F506FF"/>
     <w:rsid w:val="00F535EE"/>
     <w:rsid w:val="00F54E1A"/>
     <w:rsid w:val="00F577F6"/>
     <w:rsid w:val="00F57F68"/>
     <w:rsid w:val="00F61388"/>
     <w:rsid w:val="00F65266"/>
     <w:rsid w:val="00F661BF"/>
     <w:rsid w:val="00F7156F"/>
     <w:rsid w:val="00F71860"/>
     <w:rsid w:val="00F71A49"/>
     <w:rsid w:val="00F73CC8"/>
     <w:rsid w:val="00F751E1"/>
     <w:rsid w:val="00F7756F"/>
     <w:rsid w:val="00F9038C"/>
     <w:rsid w:val="00F90819"/>
     <w:rsid w:val="00FA080D"/>
     <w:rsid w:val="00FA4EEE"/>
     <w:rsid w:val="00FA72C1"/>
     <w:rsid w:val="00FB410A"/>
     <w:rsid w:val="00FC0B40"/>
+    <w:rsid w:val="00FC0E8A"/>
     <w:rsid w:val="00FD0BAB"/>
     <w:rsid w:val="00FD347F"/>
     <w:rsid w:val="00FD36EA"/>
     <w:rsid w:val="00FD7B04"/>
     <w:rsid w:val="00FE4C2B"/>
     <w:rsid w:val="00FE7434"/>
     <w:rsid w:val="00FF1646"/>
     <w:rsid w:val="00FF3DE8"/>
     <w:rsid w:val="00FF5381"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
-[...1 lines deleted...]
-  <w14:docId w14:val="4EF54DC9"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{CD712A79-4C59-480E-AED3-EC6CEF05D515}"/>
+  <w15:docId w15:val="{0B3C2D61-007D-4952-B01D-EBA6ACDEBF0E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -30907,51 +31143,50 @@
     <w:rsid w:val="00353743"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="8"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Abstract">
     <w:name w:val="Abstract"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:rsid w:val="00353743"/>
     <w:pPr>
       <w:spacing w:before="20"/>
       <w:ind w:firstLine="202"/>
       <w:jc w:val="both"/>
@@ -31037,51 +31272,51 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="IndexTerms">
     <w:name w:val="IndexTerms"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:rsid w:val="00353743"/>
     <w:pPr>
       <w:ind w:firstLine="202"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="DipnotBavurusu">
     <w:name w:val="footnote reference"/>
     <w:semiHidden/>
     <w:rsid w:val="00353743"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Altbilgi">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Altbilgi">
     <w:name w:val="Altbilgi"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="AltbilgiChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00353743"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Text">
     <w:name w:val="Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextChar"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00353743"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:line="252" w:lineRule="auto"/>
       <w:ind w:firstLine="202"/>
       <w:jc w:val="both"/>
     </w:pPr>
@@ -31988,60 +32223,97 @@
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FigureCaptionChar">
     <w:name w:val="Figure Caption Char"/>
     <w:link w:val="FigureCaption"/>
     <w:uiPriority w:val="99"/>
     <w:locked/>
     <w:rsid w:val="00970E43"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="stBilgiChar">
     <w:name w:val="Üst Bilgi Char"/>
+    <w:aliases w:val="Üstbilgi Char"/>
     <w:link w:val="stBilgi"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00970E43"/>
     <w:rPr>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="orcid-id-https">
     <w:name w:val="orcid-id-https"/>
     <w:rsid w:val="00A109D5"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="AltBilgi0">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="AltBilgiChar0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D72EAB"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AltBilgiChar0">
+    <w:name w:val="Alt Bilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="AltBilgi0"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D72EAB"/>
+    <w:rPr>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a0">
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="stBilgi"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00E92360"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4320"/>
+        <w:tab w:val="right" w:pos="8640"/>
+      </w:tabs>
+    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="76563135">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="413281272">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
@@ -32074,59 +32346,58 @@
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1944874108">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
-  <w:targetScreenSz w:val="800x600"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject7.bin"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject2.bin"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://en.wikipedia.org/wiki/Vacuum" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject18.bin"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject21.bin"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject23.bin"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject27.bin"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject10.bin"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bajece@hotmail.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject5.bin"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject13.bin"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.wmf"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject17.bin"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.wmf"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject25.bin"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject29.bin"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bajece@hotmail.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject3.bin"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject8.bin"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject11.bin"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.wmf"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.wmf"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject22.bin"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject28.bin"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.wmf"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bajece@hotmail.com" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.wmf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bajece@hotmail.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject6.bin"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject14.bin"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject16.bin"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject20.bin"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.wmf"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.wmf"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.wmf"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject26.bin"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject4.bin"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject9.bin"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject15.bin"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.wmf"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.wmf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bajece@hotmail.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject12.bin"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject19.bin"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject24.bin"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject30.bin"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject31.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bajece@hotmail.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.wmf"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.wmf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject3.bin"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject16.bin"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.wmf"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.wmf"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.wmf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject6.bin"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bajece@hotmail.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.wmf"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject9.bin"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject14.bin"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject15.bin"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.wmf"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.wmf"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject26.bin"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.wmf"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bajece@hotmail.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.wmf"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject4.bin"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject7.bin"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject12.bin"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.wmf"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject19.bin"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject24.bin"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject30.bin"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject31.bin"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:musay@ucr.edu" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject21.bin"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:musay@ucr.edu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject2.bin"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject10.bin"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://en.wikipedia.org/wiki/Vacuum" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject18.bin"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject27.bin"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.wmf"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject23.bin"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject29.bin"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject5.bin"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject13.bin"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.wmf"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject25.bin"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bajece@hotmail.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject8.bin"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject17.bin"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject22.bin"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject28.bin"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bajece@hotmail.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.wmf"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject11.bin"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject20.bin"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.wmf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.jpeg"/></Relationships>
 </file>
 
-<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dergipark.gov.tr/bajece" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
@@ -32356,108 +32627,108 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F2E93883-7876-4339-9B41-FE5465836287}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7AB908D8-4174-49BC-BF62-87EE41AB3E45}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>template_BAJECE_2024</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>3905</Words>
-  <Characters>22259</Characters>
+  <Words>3869</Words>
+  <Characters>22057</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>185</Lines>
-  <Paragraphs>52</Paragraphs>
+  <Lines>183</Lines>
+  <Paragraphs>51</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="8" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
       <vt:lpstr></vt:lpstr>
       <vt:lpstr></vt:lpstr>
       <vt:lpstr></vt:lpstr>
       <vt:lpstr></vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Copyright © BAJECE                        ISSN: 2147-284X                      September 2014    Vol:2   No:3                               http://www.bajece.com</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>26112</CharactersWithSpaces>
+  <CharactersWithSpaces>25875</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="30" baseType="variant">
       <vt:variant>
         <vt:i4>8323105</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>68</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://en.wikipedia.org/wiki/Vacuum</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>7667839</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -32520,46 +32791,47 @@
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:bajece@hotmail.com</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title></dc:title>
   <dc:subject>IEEE Transactions on Magnetics</dc:subject>
   <dc:creator>-</dc:creator>
   <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MTEquationSection">
     <vt:lpwstr>1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MTEquationNumber2">
     <vt:lpwstr>(#E1)</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MTWinEqns">
     <vt:bool>true</vt:bool>
   </property>
 </Properties>
 </file>