--- v0 (2025-10-01)
+++ v1 (2025-12-03)
@@ -1,56 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="74B938B3" w14:textId="358B0D57" w:rsidR="004A232A" w:rsidRPr="00BC1DB5" w:rsidRDefault="00980AF0" w:rsidP="11F6486D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="11F6486D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Review</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -76,84 +76,84 @@
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="11F6486D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>rticle</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="450C1ADB" w:rsidRPr="11F6486D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="450C1ADB" w:rsidRPr="11F6486D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Up</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="450C1ADB" w:rsidRPr="11F6486D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="450C1ADB" w:rsidRPr="11F6486D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="450C1ADB" w:rsidRPr="11F6486D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7000 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="450C1ADB" w:rsidRPr="11F6486D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>words</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="450C1ADB" w:rsidRPr="11F6486D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
@@ -215,51 +215,51 @@
                           <a:schemeClr val="dk1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <mc:Fallback xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <w:pict w14:anchorId="2D7D8B7D">
               <v:line id="Düz Bağlayıcı 1" style="position:absolute;flip:y;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:spid="_x0000_s1026" strokecolor="#0d0d0d [3069]" strokeweight="3pt" from="-3.35pt,21.4pt" to="484.15pt,21.4pt" w14:anchorId="2D737FD6" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAST41d3AEAABYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8lu2zAQvRfoPxC815JcJEgEyzkkSC9d&#10;gm53hotFlOQQJGPJf98hactpewmCXghqlvfmPY42N7M1ZC9D1OAG2q1aSqTjILTbDfTH9/t3V5TE&#10;xJxgBpwc6EFGerN9+2Yz+V6uYQQjZCAI4mI/+YGOKfm+aSIfpWVxBV46TCoIliX8DLtGBDYhujXN&#10;um0vmwmC8AG4jBGjdzVJtwVfKcnTF6WiTMQMFGdL5QzlfMxns92wfheYHzU/jsFeMYVl2iHpAnXH&#10;EiNPQf8DZTUPEEGlFQfbgFKay6IB1XTtX2q+jczLogXNiX6xKf4/WP55f+seAtow+dhH/xCyilkF&#10;S5TR/ie+adGFk5K52HZYbJNzIhyDl911t75Ad/kp11SIDOVDTB8kWJIvAzXaZUWsZ/uPMSEtlp5K&#10;ctg4Mg30/VXXtqUsgtHiXhuTk2Ur5K0JZM/wPdNcZzNP9hOIGru+aLGzvCqG8e1r+BRFtgWkcD/D&#10;x5xxGDwbUW7pYGSd7KtURAsUXGkXoEohfnWZt6BgZW5ROPfSdNSTF/ss4dx0rM1tsuztSxuX6sII&#10;Li2NVjsI1cU/WbNxdVRV60+qq9Ys+xHEoaxFsQOXryg7/ih5u59/l/bz77z9DQAA//8DAFBLAwQU&#10;AAYACAAAACEAScJ1yOAAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF70j8h8hI3LaU&#10;gcromk6wCU1CuzB22NFrTVvROFWSrd2/x4gDXCzZz35+X74cbafO5EPr2MDdNAFFXLqq5drA/uN1&#10;MgcVInKFnWMycKEAy+L6KsescgO/03kXayUmHDI00MTYZ1qHsiGLYep6YtE+nbcYpfW1rjwOYm47&#10;PUuSVFtsWT402NOqofJrd7IGhvHAvEa72Xp8CeWbv4TtZmXM7c24Xkh5XoCKNMa/C/hhkPxQSLCj&#10;O3EVVGdgkj7KpoGHmWCI/pTO70Edfwe6yPV/iuIbAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAEk+NXdwBAAAWBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAScJ1yOAAAAANAQAADwAAAAAAAAAAAAAAAAA2BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAEMFAAAAAA==&#10;">
                 <v:stroke joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="57A3482C" w14:textId="77777777" w:rsidR="006D082F" w:rsidRPr="00BC1DB5" w:rsidRDefault="006D082F" w:rsidP="00B813C8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="57939B24" w14:textId="73BE7E6E" w:rsidR="00FD6CB7" w:rsidRDefault="56FE2870" w:rsidP="3F4D7903">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
@@ -302,51 +302,75 @@
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>Title</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="4DCE18B7" w:rsidRPr="10532356">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FA0709" w:rsidRPr="10532356">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>(20 font size)</w:t>
+        <w:t xml:space="preserve">(20 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00FA0709" w:rsidRPr="10532356">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>font</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00FA0709" w:rsidRPr="10532356">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> size)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F0DCBC9" w14:textId="77777777" w:rsidR="00FC22BD" w:rsidRDefault="00FC22BD" w:rsidP="00FD6CB7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="36A55B87" w14:textId="77777777" w:rsidR="00FC22BD" w:rsidRPr="00FD6CB7" w:rsidRDefault="00FC22BD" w:rsidP="00FD6CB7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
@@ -817,51 +841,51 @@
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <mc:Fallback xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <w:pict w14:anchorId="1576ECB4">
               <v:line id="Düz Bağlayıcı 6" style="position:absolute;flip:y;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:spid="_x0000_s1026" strokecolor="black [3213]" strokeweight="2.25pt" from="11.65pt,10.4pt" to="459.4pt,10.4pt" w14:anchorId="7B8101CD" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCt/xAH7QEAABYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU82O0zAQviPxDpbvNGlFSxU1XYmtlguC&#10;ChbuXmfcWPKfbNOkvAzPsHdu9MEYO226LHtZxMXy/H0z3+fx6qrXiuzBB2lNTaeTkhIw3DbS7Gr6&#10;5fbm1ZKSEJlpmLIGanqAQK/WL1+sOlfBzLZWNeAJgphQda6mbYyuKorAW9AsTKwDg0FhvWYRTb8r&#10;Gs86RNeqmJXlouisb5y3HEJA72YI0nXGFwJ4/ChEgEhUTXG2mE+fz7t0FusVq3aeuVby0xjsH6bQ&#10;TBpsOkJtWGTkm5d/QWnJvQ1WxAm3urBCSA6ZA7KZlo/YfG6Zg8wFxQlulCn8P1j+Yb/1RDY1XVBi&#10;mMYn2vz6+Z28Zccfih2O9/x4TxZJps6FCrOvzdafrOC2PnHuhddEKOm+4gZkFZAX6bPIh1Fk6CPh&#10;6JwvlovXszkl/BwrBogE5XyI78Bqki41VdIk/qxi+/chYltMPacktzKkq+lsOX8zz2nBKtncSKVS&#10;MO8QXCtP9gxfP/bTRAMRHmShpQw6E7mBTr7Fg4IB/xMIVAfHHog9wmScg4lnXGUwO5UJnGAsLIfJ&#10;0kJfhvmz8JSfSiHv7HOKx4rc2Zo4FmtprH+q+0UKMeSfFRh4JwnubHPID52lweXLyp0+Struh3Yu&#10;v3zn9W8AAAD//wMAUEsDBBQABgAIAAAAIQBNdRsx2wAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TE9NS8NAEL0L/odlBG92Ny1IjNkUKQiKeugqeJ1mt0lodjZkt03qr3fEg57m4z3eR7mefS9Oboxd&#10;IA3ZQoFwVAfbUaPh4/3xJgcRE5LFPpDTcHYR1tXlRYmFDRNt3cmkRrAIxQI1tCkNhZSxbp3HuAiD&#10;I8b2YfSY+BwbaUecWNz3cqnUrfTYETu0OLhN6+qDOXoNhszX6/YZ5yyvpxf1+XQ24W2j9fXV/HAP&#10;Irk5/ZHhJz5Hh4oz7cKRbBS9huVqxUyeihswfpflvOx+H7Iq5f8C1TcAAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEArf8QB+0BAAAWBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEATXUbMdsAAAAIAQAADwAAAAAAAAAAAAAAAABHBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAE8FAAAAAA==&#10;">
                 <v:stroke joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C2B90D2" w14:textId="60749EC1" w:rsidR="00980AF0" w:rsidRPr="00B72E40" w:rsidRDefault="00500C1D" w:rsidP="00B72E40">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:sectPr w:rsidR="00980AF0" w:rsidRPr="00B72E40" w:rsidSect="00E313C2">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:num="2" w:space="708"/>
@@ -6464,65 +6488,107 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4D4A0F96" w14:textId="6EB5EC86" w:rsidR="00F91E29" w:rsidRDefault="00F91E29" w:rsidP="3F4D7903">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4DC3CFCE" w14:textId="184CAE6B" w:rsidR="00F91E29" w:rsidRDefault="00F91E29" w:rsidP="3F4D7903">
+    <w:p w14:paraId="363AE426" w14:textId="77777777" w:rsidR="005944A0" w:rsidRDefault="005944A0" w:rsidP="3F4D7903">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13671C32" w14:textId="1285BFB5" w:rsidR="11F6486D" w:rsidRDefault="11F6486D" w:rsidP="11F6486D">
+    <w:p w14:paraId="5A54A2C9" w14:textId="77777777" w:rsidR="005944A0" w:rsidRDefault="005944A0" w:rsidP="3F4D7903">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24F12231" w14:textId="77777777" w:rsidR="005944A0" w:rsidRDefault="005944A0" w:rsidP="3F4D7903">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55E9E75A" w14:textId="77777777" w:rsidR="005944A0" w:rsidRDefault="005944A0" w:rsidP="3F4D7903">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13671C32" w14:textId="47D34D95" w:rsidR="11F6486D" w:rsidRDefault="11F6486D" w:rsidP="0EA28E79">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="63B93057" w14:textId="690CDE80" w:rsidR="00F91E29" w:rsidRDefault="00F91E29" w:rsidP="3F4D7903">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
@@ -7039,210 +7105,200 @@
         </w:rPr>
         <w:t>Accepted</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="386D09F4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="386D09F4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>xxxxxxxxxxxxx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="02B69B8D" w14:textId="179FB51F" w:rsidR="61F2A9F5" w:rsidRDefault="61F2A9F5" w:rsidP="386D09F4">
+    <w:p w14:paraId="5DEFD726" w14:textId="1197F6BF" w:rsidR="10532356" w:rsidRDefault="61F2A9F5" w:rsidP="0EA28E79">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="386D09F4">
+      <w:r w:rsidRPr="0EA28E79">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Citation: </w:t>
       </w:r>
-      <w:r w:rsidRPr="386D09F4">
+      <w:r w:rsidRPr="0EA28E79">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Author Surname Name, Author Surname Name. (202x) Title of the article. </w:t>
       </w:r>
-      <w:r w:rsidRPr="386D09F4">
+      <w:r w:rsidRPr="0EA28E79">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Global Nursing Insights</w:t>
       </w:r>
-      <w:r w:rsidRPr="386D09F4">
+      <w:r w:rsidRPr="0EA28E79">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> xx(x):xxx-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="386D09F4">
+      <w:r w:rsidRPr="0EA28E79">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>xxxx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="386D09F4">
+      <w:r w:rsidRPr="0EA28E79">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. DOI:  </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="386D09F4">
+      <w:r w:rsidRPr="0EA28E79">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>xxxxxxxxxxxxxxxxxxxxxxxxx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="5DEFD726" w14:textId="1BA42382" w:rsidR="10532356" w:rsidRDefault="10532356" w:rsidP="10532356">
+    <w:p w14:paraId="2046CD4E" w14:textId="4267890D" w:rsidR="498E2E3D" w:rsidRDefault="498E2E3D" w:rsidP="0EA28E79">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...54 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3DC948B4" wp14:editId="39710408">
+            <wp:extent cx="838200" cy="295275"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1431829764" name="drawing"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1431829764" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="838200" cy="295275"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
     </w:p>
     <w:p w14:paraId="72BDC339" w14:textId="454E562B" w:rsidR="001751AD" w:rsidRPr="00BC1DB5" w:rsidRDefault="004604A2" w:rsidP="001751AD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>INTRODUCTION</w:t>
@@ -11907,51 +11963,79 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00FA0709" w:rsidRPr="00FA0604">
         <w:rPr>
           <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US" w:bidi="en-US"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00FA0709" w:rsidRPr="00FA0604">
         <w:rPr>
           <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US" w:bidi="en-US"/>
         </w:rPr>
-        <w:t>The title and content of the table should be written in 8-point font, there should be vertical and horizontal lines in the table, italics should not be used, tables should be created with single line spacing, symbols should be shown in their standard shapes, decimal parts of the numbers should be written as two digits and using dots.)</w:t>
+        <w:t xml:space="preserve">The title and content of the table should be written in 8-point </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00FA0709" w:rsidRPr="00FA0604">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>font</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00FA0709" w:rsidRPr="00FA0604">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>, there should be vertical and horizontal lines in the table, italics should not be used, tables should be created with single line spacing, symbols should be shown in their standard shapes, decimal parts of the numbers should be written as two digits and using dots.)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TabloKlavuzu"/>
         <w:tblW w:w="4830" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3000"/>
         <w:gridCol w:w="1830"/>
       </w:tblGrid>
       <w:tr w:rsidR="00224F4A" w:rsidRPr="00EA209D" w14:paraId="35EC070C" w14:textId="77777777" w:rsidTr="00DE3FEE">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3DDC34C5" w14:textId="6D89476C" w:rsidR="00224F4A" w:rsidRPr="00EA209D" w:rsidRDefault="00224F4A" w:rsidP="00224F4A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -12422,51 +12506,51 @@
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US" w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7C4E61E1" wp14:editId="48564EF7">
             <wp:extent cx="2761615" cy="2193925"/>
             <wp:effectExtent l="0" t="0" r="635" b="0"/>
             <wp:docPr id="2" name="Picture 2" descr="C:\Users\pc\Desktop\KOMİSYONLAR\YAYIN KOMİSYONU\Yayınlar\DERGİ SAYILARI\2023-1\YAZARLAR\Gönderilenler\23.01.23\ARŞ7\3060-HHD-figure-1-2-march-2022.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId12">
+                    <a:blip r:embed="rId13">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2761615" cy="2193925"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
@@ -17504,51 +17588,77 @@
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="09A05C44" w14:textId="77777777" w:rsidR="00F91E29" w:rsidRPr="00482AAF" w:rsidRDefault="00F91E29" w:rsidP="3F4D7903">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US" w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3F4D7903">
         <w:rPr>
           <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US" w:bidi="en-US"/>
         </w:rPr>
-        <w:t>* (If the study was presented as oral or poster presentation it will be specify to this part)</w:t>
+        <w:t xml:space="preserve">* (If the study was presented as oral or poster presentation it will be </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="3F4D7903">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>specify</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="3F4D7903">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to this part)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22D51493" w14:textId="4B1CA31B" w:rsidR="3F4D7903" w:rsidRDefault="3F4D7903" w:rsidP="3F4D7903">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US" w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7482BC65" w14:textId="5043BDFF" w:rsidR="00F14866" w:rsidRPr="00AD7903" w:rsidRDefault="00F91E29" w:rsidP="00F14866">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
@@ -17648,51 +17758,51 @@
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>used</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00F14866" w:rsidRPr="10532356">
         <w:rPr>
           <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13C0F1A7" w14:textId="3E50BB9B" w:rsidR="006250F7" w:rsidRPr="00AD7903" w:rsidRDefault="00F14866" w:rsidP="00F14866">
+    <w:p w14:paraId="13C0F1A7" w14:textId="79D9E4F4" w:rsidR="006250F7" w:rsidRPr="00AD7903" w:rsidRDefault="00F14866" w:rsidP="00F14866">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7BC9BA73">
         <w:rPr>
           <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:highlight w:val="yellow"/>
@@ -17859,61 +17969,61 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="009775AF" w:rsidRPr="7BC9BA73">
         <w:rPr>
           <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00143674">
-[...9 lines deleted...]
-      <w:bookmarkEnd w:id="1"/>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidR="005944A0">
+          <w:rPr>
+            <w:rStyle w:val="Kpr"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:highlight w:val="yellow"/>
+          </w:rPr>
+          <w:t>https://dergipark.org.tr/en/pub/globnursinsights/writing-rules</w:t>
+        </w:r>
+      </w:hyperlink>
       <w:r w:rsidRPr="7BC9BA73">
         <w:rPr>
           <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="725A64E7" w14:textId="77777777" w:rsidR="00DE3FEE" w:rsidRDefault="00DE3FEE" w:rsidP="00DE3FEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -17936,71 +18046,51 @@
           <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, S., &amp; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Sothemin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">, B. G. (1992). Enforcement of data protection, privacy and security in medical informatics. In K. C. </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">, P. </w:t>
+        <w:t xml:space="preserve">, B. G. (1992). Enforcement of data protection, privacy and security in medical informatics. In K. C. Lun, P. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Degoulet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, T. E. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
@@ -18036,51 +18126,71 @@
           <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Eds.), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>MEDINFO 92: Proceedings of the 7th World Congress on Medical Informatics</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (pp. 1561–1565). Amsterdam: North-Holland.</w:t>
+        <w:t xml:space="preserve"> (pp. 1561–1565). Amsterdam: </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>North-Holland</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Conference Paper – Published)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10DDDABF" w14:textId="77777777" w:rsidR="00DE3FEE" w:rsidRDefault="00DE3FEE" w:rsidP="00DE3FEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -18180,69 +18290,51 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>In</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> C. Smith &amp; R. </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> (</w:t>
+        <w:t xml:space="preserve"> C. Smith &amp; R. Jones (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Eds</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">.), </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -18504,69 +18596,51 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">, A., </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Di</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">, F., </w:t>
+        <w:t xml:space="preserve"> Bernardo, F., </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Barberi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">, G., </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -18902,51 +18976,51 @@
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Diseases</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>, 20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">, 66–67. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Kpr"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>https://doi.org/DOI</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
           <w:b/>
@@ -19145,51 +19219,51 @@
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Medicine</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>, 104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 269–274. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Kpr"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>https://doi.org/DOI</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
           <w:b/>
@@ -19624,69 +19698,51 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Speroff</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">, L., &amp; </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">, M. A. (2005). </w:t>
+        <w:t xml:space="preserve">, L., &amp; Fritz, M. A. (2005). </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Endometriosis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -19840,69 +19896,51 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Lippincott</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Williams &amp; </w:t>
-[...17 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> Williams &amp; Wilkins.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Chapter</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
@@ -20034,51 +20072,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1, 2019, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>from</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Kpr"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>https://dijitalhastane.saglik.gov.tr/TR,4874/ehr-electronic-health-record---esk-elektronik-saglik-kaydi.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Web </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
           <w:b/>
@@ -20109,164 +20147,144 @@
           <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Vogelsmeier</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>, A., &amp; Scott-</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">, J. (2007). A just culture: The role of nursing leadership. </w:t>
+        <w:t xml:space="preserve">, A., &amp; Scott-Cawiezell, J. (2007). A just culture: The role of nursing leadership. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Journal of Nursing Care Quality, 22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 210–212. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Kpr"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https://doi.org/DOI</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Journal-With Two Authors</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="7BC9BA73" w:rsidRPr="00DE3FEE" w:rsidSect="00E313C2">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="74E43273" w14:textId="77777777" w:rsidR="00C23629" w:rsidRDefault="00C23629" w:rsidP="004F2118">
+    <w:p w14:paraId="716D329A" w14:textId="77777777" w:rsidR="00DD35EA" w:rsidRDefault="00DD35EA" w:rsidP="004F2118">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7C8CE7F7" w14:textId="77777777" w:rsidR="00C23629" w:rsidRDefault="00C23629" w:rsidP="004F2118">
+    <w:p w14:paraId="49A16E05" w14:textId="77777777" w:rsidR="00DD35EA" w:rsidRDefault="00DD35EA" w:rsidP="004F2118">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="A2"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -20307,51 +20325,51 @@
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Minion Pro">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000011" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Sans Unicode">
     <w:panose1 w:val="020B0602030504020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="000000BF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3B55D64B" w14:textId="4BA7074F" w:rsidR="005E2E5D" w:rsidRDefault="386D09F4" w:rsidP="386D09F4">
     <w:pPr>
       <w:pStyle w:val="AltBilgi"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:highlight w:val="yellow"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="386D09F4">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:highlight w:val="yellow"/>
       </w:rPr>
       <w:t xml:space="preserve">Global </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
@@ -20379,92 +20397,87 @@
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="386D09F4">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:highlight w:val="yellow"/>
       </w:rPr>
       <w:t>Insights</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
   </w:p>
   <w:p w14:paraId="63604835" w14:textId="77777777" w:rsidR="005E2E5D" w:rsidRDefault="005E2E5D">
     <w:pPr>
       <w:pStyle w:val="AltBilgi"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7174EA57" w14:textId="77777777" w:rsidR="00C23629" w:rsidRDefault="00C23629" w:rsidP="004F2118">
+    <w:p w14:paraId="7E2F7731" w14:textId="77777777" w:rsidR="00DD35EA" w:rsidRDefault="00DD35EA" w:rsidP="004F2118">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4C2E99D3" w14:textId="77777777" w:rsidR="00C23629" w:rsidRDefault="00C23629" w:rsidP="004F2118">
+    <w:p w14:paraId="5C898BBA" w14:textId="77777777" w:rsidR="00DD35EA" w:rsidRDefault="00DD35EA" w:rsidP="004F2118">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="SayfaNumaras"/>
       </w:rPr>
       <w:id w:val="-754518444"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr>
-[...3 lines deleted...]
-    </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="30A65ABB" w14:textId="6AB1533A" w:rsidR="005D756C" w:rsidRDefault="00FC22BD" w:rsidP="005D756C">
         <w:pPr>
           <w:pStyle w:val="stBilgi"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="SayfaNumaras"/>
           </w:rPr>
         </w:pPr>
         <w:proofErr w:type="gramStart"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="SayfaNumaras"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="12"/>
             <w:szCs w:val="12"/>
           </w:rPr>
           <w:t>xxx</w:t>
         </w:r>
         <w:proofErr w:type="gramEnd"/>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="5CC209EE" w14:textId="7D30D811" w:rsidR="005D756C" w:rsidRPr="00475D5E" w:rsidRDefault="005D756C" w:rsidP="005D756C">
@@ -20479,124 +20492,124 @@
   <w:p w14:paraId="7E02C977" w14:textId="17EF3661" w:rsidR="004B1AC8" w:rsidRPr="00C13747" w:rsidRDefault="386D09F4" w:rsidP="3F4D7903">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="5812"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="386D09F4">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:highlight w:val="yellow"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t xml:space="preserve">Global </w:t>
-[...25 lines deleted...]
-      <w:t>. Insights</w:t>
+      <w:t>Global Nurs. Insights</w:t>
     </w:r>
     <w:r w:rsidRPr="386D09F4">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve"> 202</w:t>
     </w:r>
     <w:proofErr w:type="gramStart"/>
     <w:r w:rsidRPr="386D09F4">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>X,x</w:t>
     </w:r>
     <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidRPr="386D09F4">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">(x), xx-xx </w:t>
     </w:r>
     <w:r w:rsidRPr="386D09F4">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:highlight w:val="yellow"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t>(6 font size, Don’t write anything)</w:t>
+      <w:t xml:space="preserve">(6 font size, </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidRPr="386D09F4">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+        <w:highlight w:val="yellow"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>Don’t</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidRPr="386D09F4">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+        <w:highlight w:val="yellow"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> write anything)</w:t>
     </w:r>
     <w:r w:rsidR="00CD678B">
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="386D09F4">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00CD678B">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00CD678B">
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="386D09F4">
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -20636,51 +20649,51 @@
     <w:r w:rsidRPr="00C13747">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00C13747">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2C3115C8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="47BC7196"/>
     <w:lvl w:ilvl="0" w:tplc="041F000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -21023,77 +21036,77 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="710305461">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="806320012">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1300383792">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="2047176686">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="2"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002B3B78"/>
     <w:rsid w:val="00000D1B"/>
     <w:rsid w:val="00004FED"/>
     <w:rsid w:val="000055A8"/>
     <w:rsid w:val="0001232D"/>
     <w:rsid w:val="000130EF"/>
     <w:rsid w:val="0002120D"/>
@@ -21156,51 +21169,50 @@
     <w:rsid w:val="000E3E0F"/>
     <w:rsid w:val="000E489A"/>
     <w:rsid w:val="000E6A8D"/>
     <w:rsid w:val="000E7D47"/>
     <w:rsid w:val="000F0724"/>
     <w:rsid w:val="000F30C3"/>
     <w:rsid w:val="000F3D79"/>
     <w:rsid w:val="000F51CD"/>
     <w:rsid w:val="000F6C3C"/>
     <w:rsid w:val="00103898"/>
     <w:rsid w:val="0010438B"/>
     <w:rsid w:val="0010680B"/>
     <w:rsid w:val="0010691A"/>
     <w:rsid w:val="00112677"/>
     <w:rsid w:val="00114FBF"/>
     <w:rsid w:val="00115719"/>
     <w:rsid w:val="00115859"/>
     <w:rsid w:val="001201E0"/>
     <w:rsid w:val="001203E1"/>
     <w:rsid w:val="00121861"/>
     <w:rsid w:val="00124AD6"/>
     <w:rsid w:val="00125A01"/>
     <w:rsid w:val="00127616"/>
     <w:rsid w:val="001333F6"/>
     <w:rsid w:val="00136A6D"/>
-    <w:rsid w:val="00143674"/>
     <w:rsid w:val="001438D4"/>
     <w:rsid w:val="00144869"/>
     <w:rsid w:val="001459AB"/>
     <w:rsid w:val="001511FA"/>
     <w:rsid w:val="001522F9"/>
     <w:rsid w:val="00153D9F"/>
     <w:rsid w:val="00160259"/>
     <w:rsid w:val="00160ED4"/>
     <w:rsid w:val="001652EC"/>
     <w:rsid w:val="00165A1E"/>
     <w:rsid w:val="00166C36"/>
     <w:rsid w:val="00166E5A"/>
     <w:rsid w:val="00170F59"/>
     <w:rsid w:val="00174390"/>
     <w:rsid w:val="001751AD"/>
     <w:rsid w:val="001753BF"/>
     <w:rsid w:val="001758F2"/>
     <w:rsid w:val="001779D4"/>
     <w:rsid w:val="00181CA0"/>
     <w:rsid w:val="001850EB"/>
     <w:rsid w:val="00187BF1"/>
     <w:rsid w:val="00191A62"/>
     <w:rsid w:val="00194E92"/>
     <w:rsid w:val="00195691"/>
     <w:rsid w:val="00196752"/>
@@ -21445,50 +21457,51 @@
     <w:rsid w:val="00541009"/>
     <w:rsid w:val="00542B52"/>
     <w:rsid w:val="00544B87"/>
     <w:rsid w:val="005477AF"/>
     <w:rsid w:val="005519D6"/>
     <w:rsid w:val="005576EB"/>
     <w:rsid w:val="0056230F"/>
     <w:rsid w:val="00564C5E"/>
     <w:rsid w:val="00566F79"/>
     <w:rsid w:val="0057052D"/>
     <w:rsid w:val="00570767"/>
     <w:rsid w:val="005709AC"/>
     <w:rsid w:val="00571680"/>
     <w:rsid w:val="005731F5"/>
     <w:rsid w:val="005733D3"/>
     <w:rsid w:val="0057353D"/>
     <w:rsid w:val="00575365"/>
     <w:rsid w:val="0058082D"/>
     <w:rsid w:val="0058251E"/>
     <w:rsid w:val="00585BB1"/>
     <w:rsid w:val="0058696B"/>
     <w:rsid w:val="005869BF"/>
     <w:rsid w:val="005912A3"/>
     <w:rsid w:val="00591E6A"/>
     <w:rsid w:val="0059430F"/>
+    <w:rsid w:val="005944A0"/>
     <w:rsid w:val="005A0105"/>
     <w:rsid w:val="005A5087"/>
     <w:rsid w:val="005A50D3"/>
     <w:rsid w:val="005A51B1"/>
     <w:rsid w:val="005A7D07"/>
     <w:rsid w:val="005B189F"/>
     <w:rsid w:val="005B1CF0"/>
     <w:rsid w:val="005B229A"/>
     <w:rsid w:val="005B419E"/>
     <w:rsid w:val="005B4278"/>
     <w:rsid w:val="005B5B82"/>
     <w:rsid w:val="005C230B"/>
     <w:rsid w:val="005C2E90"/>
     <w:rsid w:val="005C32B0"/>
     <w:rsid w:val="005D0021"/>
     <w:rsid w:val="005D0451"/>
     <w:rsid w:val="005D33B3"/>
     <w:rsid w:val="005D3B44"/>
     <w:rsid w:val="005D6E73"/>
     <w:rsid w:val="005D756C"/>
     <w:rsid w:val="005E1A64"/>
     <w:rsid w:val="005E2E5D"/>
     <w:rsid w:val="005E2F86"/>
     <w:rsid w:val="005E6346"/>
     <w:rsid w:val="005E79CD"/>
@@ -21575,50 +21588,51 @@
     <w:rsid w:val="007024A9"/>
     <w:rsid w:val="00706AB9"/>
     <w:rsid w:val="0071003F"/>
     <w:rsid w:val="007137C7"/>
     <w:rsid w:val="00714324"/>
     <w:rsid w:val="007166E3"/>
     <w:rsid w:val="00717D80"/>
     <w:rsid w:val="00725A80"/>
     <w:rsid w:val="00731B27"/>
     <w:rsid w:val="00731B96"/>
     <w:rsid w:val="00733FBB"/>
     <w:rsid w:val="007344B0"/>
     <w:rsid w:val="007357BC"/>
     <w:rsid w:val="007419C6"/>
     <w:rsid w:val="00743E27"/>
     <w:rsid w:val="007457CD"/>
     <w:rsid w:val="007473CC"/>
     <w:rsid w:val="00750FE1"/>
     <w:rsid w:val="00751132"/>
     <w:rsid w:val="0075219C"/>
     <w:rsid w:val="00753623"/>
     <w:rsid w:val="00755D64"/>
     <w:rsid w:val="0075661E"/>
     <w:rsid w:val="00756C5A"/>
     <w:rsid w:val="00760BD6"/>
+    <w:rsid w:val="00764FB2"/>
     <w:rsid w:val="007663A6"/>
     <w:rsid w:val="00767CED"/>
     <w:rsid w:val="00771285"/>
     <w:rsid w:val="007739A6"/>
     <w:rsid w:val="00773A78"/>
     <w:rsid w:val="007831C5"/>
     <w:rsid w:val="007839C5"/>
     <w:rsid w:val="00784194"/>
     <w:rsid w:val="007913DD"/>
     <w:rsid w:val="007A32A1"/>
     <w:rsid w:val="007A4D1C"/>
     <w:rsid w:val="007A62AE"/>
     <w:rsid w:val="007A6C9B"/>
     <w:rsid w:val="007B5515"/>
     <w:rsid w:val="007B55D3"/>
     <w:rsid w:val="007B56BF"/>
     <w:rsid w:val="007B74FC"/>
     <w:rsid w:val="007C0EC9"/>
     <w:rsid w:val="007C2A11"/>
     <w:rsid w:val="007C4AA1"/>
     <w:rsid w:val="007C512C"/>
     <w:rsid w:val="007C525A"/>
     <w:rsid w:val="007C7F83"/>
     <w:rsid w:val="007D1123"/>
     <w:rsid w:val="007D2C86"/>
@@ -21906,51 +21920,50 @@
     <w:rsid w:val="00BC3ED4"/>
     <w:rsid w:val="00BD2728"/>
     <w:rsid w:val="00BD28AF"/>
     <w:rsid w:val="00BD32F5"/>
     <w:rsid w:val="00BD458D"/>
     <w:rsid w:val="00BD6053"/>
     <w:rsid w:val="00BD743A"/>
     <w:rsid w:val="00BE2393"/>
     <w:rsid w:val="00BE4793"/>
     <w:rsid w:val="00BE4A90"/>
     <w:rsid w:val="00BF0EE1"/>
     <w:rsid w:val="00BF163F"/>
     <w:rsid w:val="00BF2D10"/>
     <w:rsid w:val="00BF49C6"/>
     <w:rsid w:val="00BF7F51"/>
     <w:rsid w:val="00C00CA8"/>
     <w:rsid w:val="00C024B9"/>
     <w:rsid w:val="00C02F23"/>
     <w:rsid w:val="00C10548"/>
     <w:rsid w:val="00C10585"/>
     <w:rsid w:val="00C10DE9"/>
     <w:rsid w:val="00C13EDA"/>
     <w:rsid w:val="00C14D75"/>
     <w:rsid w:val="00C17A37"/>
     <w:rsid w:val="00C2256A"/>
-    <w:rsid w:val="00C23629"/>
     <w:rsid w:val="00C24821"/>
     <w:rsid w:val="00C30161"/>
     <w:rsid w:val="00C331C3"/>
     <w:rsid w:val="00C3443A"/>
     <w:rsid w:val="00C34893"/>
     <w:rsid w:val="00C35651"/>
     <w:rsid w:val="00C360DE"/>
     <w:rsid w:val="00C366A0"/>
     <w:rsid w:val="00C36865"/>
     <w:rsid w:val="00C36B85"/>
     <w:rsid w:val="00C4014A"/>
     <w:rsid w:val="00C429BC"/>
     <w:rsid w:val="00C43052"/>
     <w:rsid w:val="00C46E30"/>
     <w:rsid w:val="00C46F1E"/>
     <w:rsid w:val="00C476F9"/>
     <w:rsid w:val="00C47F12"/>
     <w:rsid w:val="00C507C6"/>
     <w:rsid w:val="00C57F4B"/>
     <w:rsid w:val="00C61BF8"/>
     <w:rsid w:val="00C65C69"/>
     <w:rsid w:val="00C67659"/>
     <w:rsid w:val="00C7131C"/>
     <w:rsid w:val="00C75C2F"/>
     <w:rsid w:val="00C75D7B"/>
@@ -22013,50 +22026,51 @@
     <w:rsid w:val="00D7529A"/>
     <w:rsid w:val="00D763C6"/>
     <w:rsid w:val="00D823F9"/>
     <w:rsid w:val="00D831EE"/>
     <w:rsid w:val="00D8542D"/>
     <w:rsid w:val="00D933F8"/>
     <w:rsid w:val="00D94DA7"/>
     <w:rsid w:val="00DA012F"/>
     <w:rsid w:val="00DA15FB"/>
     <w:rsid w:val="00DA1FFD"/>
     <w:rsid w:val="00DA599B"/>
     <w:rsid w:val="00DA6C4C"/>
     <w:rsid w:val="00DA7B3C"/>
     <w:rsid w:val="00DB081A"/>
     <w:rsid w:val="00DB1874"/>
     <w:rsid w:val="00DB3FB9"/>
     <w:rsid w:val="00DB5EDC"/>
     <w:rsid w:val="00DB769C"/>
     <w:rsid w:val="00DB7B8A"/>
     <w:rsid w:val="00DC66A9"/>
     <w:rsid w:val="00DC6E8E"/>
     <w:rsid w:val="00DC7C01"/>
     <w:rsid w:val="00DD0614"/>
     <w:rsid w:val="00DD0880"/>
     <w:rsid w:val="00DD1246"/>
+    <w:rsid w:val="00DD35EA"/>
     <w:rsid w:val="00DD4578"/>
     <w:rsid w:val="00DD6EDE"/>
     <w:rsid w:val="00DE2BF2"/>
     <w:rsid w:val="00DE3FEE"/>
     <w:rsid w:val="00DE4209"/>
     <w:rsid w:val="00DE4483"/>
     <w:rsid w:val="00DE6021"/>
     <w:rsid w:val="00DF1290"/>
     <w:rsid w:val="00DF3D69"/>
     <w:rsid w:val="00DF4052"/>
     <w:rsid w:val="00DF45AD"/>
     <w:rsid w:val="00E014F6"/>
     <w:rsid w:val="00E02B3F"/>
     <w:rsid w:val="00E110A2"/>
     <w:rsid w:val="00E11659"/>
     <w:rsid w:val="00E13681"/>
     <w:rsid w:val="00E17655"/>
     <w:rsid w:val="00E20720"/>
     <w:rsid w:val="00E21F5E"/>
     <w:rsid w:val="00E221DF"/>
     <w:rsid w:val="00E313C2"/>
     <w:rsid w:val="00E3224D"/>
     <w:rsid w:val="00E35D3F"/>
     <w:rsid w:val="00E36062"/>
     <w:rsid w:val="00E43F86"/>
@@ -22150,136 +22164,138 @@
     <w:rsid w:val="00F9368D"/>
     <w:rsid w:val="00F93993"/>
     <w:rsid w:val="00F96ADC"/>
     <w:rsid w:val="00F96CE9"/>
     <w:rsid w:val="00F96FBD"/>
     <w:rsid w:val="00FA0709"/>
     <w:rsid w:val="00FA2A75"/>
     <w:rsid w:val="00FA348E"/>
     <w:rsid w:val="00FA420D"/>
     <w:rsid w:val="00FA4EFC"/>
     <w:rsid w:val="00FA681C"/>
     <w:rsid w:val="00FB2C82"/>
     <w:rsid w:val="00FB31FF"/>
     <w:rsid w:val="00FB4D6C"/>
     <w:rsid w:val="00FB7C92"/>
     <w:rsid w:val="00FC0974"/>
     <w:rsid w:val="00FC22BD"/>
     <w:rsid w:val="00FC65A8"/>
     <w:rsid w:val="00FD2030"/>
     <w:rsid w:val="00FD6CB7"/>
     <w:rsid w:val="00FD7E3A"/>
     <w:rsid w:val="00FF322B"/>
     <w:rsid w:val="00FF61AB"/>
     <w:rsid w:val="02F4E266"/>
     <w:rsid w:val="07972CED"/>
+    <w:rsid w:val="0EA28E79"/>
     <w:rsid w:val="1001CED5"/>
     <w:rsid w:val="10532356"/>
     <w:rsid w:val="11F6486D"/>
     <w:rsid w:val="154272FF"/>
     <w:rsid w:val="15588958"/>
     <w:rsid w:val="18FB32B9"/>
     <w:rsid w:val="1A8DCEB2"/>
     <w:rsid w:val="1E17DD2E"/>
     <w:rsid w:val="20B7B256"/>
     <w:rsid w:val="244EB593"/>
     <w:rsid w:val="2C1A75EB"/>
     <w:rsid w:val="2FE89216"/>
     <w:rsid w:val="32A6D3CD"/>
     <w:rsid w:val="32EE8DEF"/>
     <w:rsid w:val="374596DF"/>
     <w:rsid w:val="386D09F4"/>
     <w:rsid w:val="391FA864"/>
     <w:rsid w:val="3AB273D0"/>
     <w:rsid w:val="3F4D7903"/>
     <w:rsid w:val="3F8BB767"/>
     <w:rsid w:val="450C1ADB"/>
+    <w:rsid w:val="498E2E3D"/>
     <w:rsid w:val="4B093194"/>
     <w:rsid w:val="4DCE18B7"/>
     <w:rsid w:val="52FC74CD"/>
     <w:rsid w:val="56FE2870"/>
     <w:rsid w:val="5B2369C8"/>
     <w:rsid w:val="5C3ADE2F"/>
     <w:rsid w:val="61F2A9F5"/>
     <w:rsid w:val="64CC7857"/>
     <w:rsid w:val="6949AFFF"/>
     <w:rsid w:val="6E0E5C63"/>
     <w:rsid w:val="6E511354"/>
     <w:rsid w:val="6EED85E0"/>
     <w:rsid w:val="72FCDE95"/>
     <w:rsid w:val="79C3140E"/>
     <w:rsid w:val="7BC9BA73"/>
     <w:rsid w:val="7C7E74A9"/>
     <w:rsid w:val="7F3186AC"/>
     <w:rsid w:val="7FADEA73"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1E232862"/>
   <w15:docId w15:val="{BB415B2D-D53F-204C-BE21-CD9764C9BDDF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -22341,95 +22357,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -22608,50 +22627,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00BC3ED4"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="tr-TR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Balk1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Balk1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00885DA4"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -24039,51 +24059,51 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000C4C88"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention4">
     <w:name w:val="Unresolved Mention4"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00987C70"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2900798">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="49767685">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -24477,51 +24497,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1938555832">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/DOI" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/DOI" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dijitalhastane.saglik.gov.tr/TR,4874/ehr-electronic-health-record---esk-elektronik-saglik-kaydi.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/DOI" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/DOI" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dijitalhastane.saglik.gov.tr/TR,4874/ehr-electronic-health-record---esk-elektronik-saglik-kaydi.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/DOI" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/DOI" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dergipark.org.tr/en/pub/globnursinsights/writing-rules" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -24750,64 +24770,64 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D7BE03E5-6F21-454E-95E7-8AA65F169406}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{75B652D1-956C-4E05-B392-362BFE607FDD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1184</Words>
-  <Characters>6754</Characters>
+  <Words>1195</Words>
+  <Characters>6817</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>56</Lines>
   <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Pamukkale Üniversitesi</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7923</CharactersWithSpaces>
+  <CharactersWithSpaces>7997</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Pau</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>