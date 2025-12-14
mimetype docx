--- v0 (2025-10-18)
+++ v1 (2025-12-14)
@@ -5,1447 +5,1956 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="0C5A9054" w14:textId="0D431976" w:rsidR="00FF18C2" w:rsidRDefault="00FF18C2" w:rsidP="00AC7F13">
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading1"/>
+    <w:p w14:paraId="0C5A9054" w14:textId="0AB8C3F3" w:rsidR="00FF18C2" w:rsidRPr="00372B76" w:rsidRDefault="00FF18C2" w:rsidP="00AC7F13">
+      <w:pPr>
+        <w:pStyle w:val="Balk1"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00FF18C2">
+      <w:r w:rsidRPr="00372B76">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>IJTES</w:t>
+        <w:t xml:space="preserve">IJTES </w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FF18C2">
+      <w:r w:rsidR="003F4096" w:rsidRPr="00372B76">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Cover Page</w:t>
+        <w:t>Title</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00372B76">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Page</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62348414" w14:textId="4380C22E" w:rsidR="00FF18C2" w:rsidRPr="00FF18C2" w:rsidRDefault="00FF18C2" w:rsidP="00FF18C2">
-[...13 lines deleted...]
-    <w:p w14:paraId="386B5FAD" w14:textId="109F766E" w:rsidR="00FF18C2" w:rsidRPr="00FF18C2" w:rsidRDefault="00FF18C2" w:rsidP="00FF18C2">
+    <w:p w14:paraId="386B5FAD" w14:textId="7985F67D" w:rsidR="00FF18C2" w:rsidRPr="00372B76" w:rsidRDefault="00372B76" w:rsidP="00FF18C2">
       <w:pPr>
         <w:pStyle w:val="MakaleMetni"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00372B76">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Please, fill in the table below thoroughly in both languages. Feel free to add row</w:t>
+        <w:t xml:space="preserve">Please fill in the table below completely in English. Before completing the form, delete all example texts and explanatory notes. All fields must be filled out according to the details of your own manuscript. You may add rows if needed. The information you provide </w:t>
       </w:r>
-      <w:r w:rsidR="008343FD">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00372B76">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>s</w:t>
+        <w:t>in</w:t>
       </w:r>
-      <w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00372B76">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> if necessary.</w:t>
+        <w:t xml:space="preserve"> this table will appear exactly as submitted in the full text of your article if it is accepted for publication.</w:t>
       </w:r>
-      <w:r w:rsidR="00D0214D">
+      <w:r w:rsidR="00D0214D" w:rsidRPr="00372B76">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> The information you provide in the table will be added to the full-text of your article if it is accepted for publication. </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00FF18C2" w:rsidRPr="00372B76">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="14066" w:type="dxa"/>
+        <w:tblStyle w:val="TabloKlavuzu"/>
+        <w:tblW w:w="9173" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2420"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="5823"/>
+        <w:gridCol w:w="2263"/>
+        <w:gridCol w:w="6910"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009D0093" w14:paraId="0F2ADF21" w14:textId="77777777" w:rsidTr="00B34891">
+      <w:tr w:rsidR="0056573D" w:rsidRPr="00372B76" w14:paraId="073EA876" w14:textId="77777777" w:rsidTr="00372B76">
+        <w:trPr>
+          <w:trHeight w:val="210"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76B6DDF8" w14:textId="22D8D2FC" w:rsidR="0056573D" w:rsidRPr="00372B76" w:rsidRDefault="0056573D" w:rsidP="009D0093">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Required Sections</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6910" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="606E6C53" w14:textId="26B5FEDB" w:rsidR="0056573D" w:rsidRPr="00372B76" w:rsidRDefault="0056573D" w:rsidP="009D0093">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Explanations and Examples</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F4096" w:rsidRPr="00372B76" w14:paraId="2D6CF217" w14:textId="77777777" w:rsidTr="00372B76">
+        <w:trPr>
+          <w:trHeight w:val="210"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7ABEBC78" w14:textId="29FC7E5D" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="003F4096" w:rsidP="009D0093">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Manuscript Title</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6910" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00D95A61" w14:textId="6D680AD1" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="003F4096" w:rsidP="009D0093">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Provide the full title of the manuscript. Use a concise, informative title that reflects the content and scope of the study.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F4096" w:rsidRPr="00372B76" w14:paraId="675CF615" w14:textId="77777777" w:rsidTr="00372B76">
+        <w:trPr>
+          <w:trHeight w:val="299"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B86A3AA" w14:textId="0E751809" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="003F4096" w:rsidP="003F4096">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Author Information</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (first author)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37418FD8" w14:textId="77777777" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="003F4096" w:rsidP="003F4096">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="47902554" w14:textId="11237415" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="003F4096" w:rsidP="003F4096">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6910" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1829080C" w14:textId="60ABCD5C" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="003F4096" w:rsidP="003F4096">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Provide the following details for </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>the first</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> author.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79267398" w14:textId="77777777" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="003F4096" w:rsidP="003F4096">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="177E02CF" w14:textId="6624E716" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="003F4096" w:rsidP="003F4096">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Full Name:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Write the author’s full legal name as it should appear in publication.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="583E827C" w14:textId="77777777" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="003F4096" w:rsidP="003F4096">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0DA296A4" w14:textId="2536D190" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="003F4096" w:rsidP="003F4096">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Institutional Affiliation:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Specify the institution, department, and country.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3179BBC4" w14:textId="77777777" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="003F4096" w:rsidP="003F4096">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7642506C" w14:textId="2FCD1509" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="003F4096" w:rsidP="003F4096">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Institutional E-mail Address:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Provide an official institutional e-mail address. If an institutional address is not available, a reliable personal e-mail address (e.g., Gmail, Outlook) may be used.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69142BBA" w14:textId="77777777" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="003F4096" w:rsidP="003F4096">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="72DEC5F3" w14:textId="22E82F29" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="003F4096" w:rsidP="003F4096">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ORCID </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>iD</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Provide the ORCID identifier (e.g., https://orcid.org/0000-0000-0000-0000).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F4096" w:rsidRPr="00372B76" w14:paraId="4761987E" w14:textId="77777777" w:rsidTr="00372B76">
+        <w:trPr>
+          <w:trHeight w:val="536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62AF0536" w14:textId="65B91F02" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="003F4096" w:rsidP="003F4096">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Author Information (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>second</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> author)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F67C899" w14:textId="77777777" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="003F4096" w:rsidP="003F4096">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="745978BD" w14:textId="356E4738" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="003F4096" w:rsidP="003F4096">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6910" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B878991" w14:textId="12850FC1" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="003F4096" w:rsidP="003F4096">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Provide the following details for </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>the second</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> author.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19B586C6" w14:textId="77777777" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="003F4096" w:rsidP="003F4096">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="64002096" w14:textId="77777777" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="003F4096" w:rsidP="003F4096">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Full Name: Write the author’s full legal name as it should appear in publication.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73EEFF58" w14:textId="77777777" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="003F4096" w:rsidP="003F4096">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="32C6BF8A" w14:textId="77777777" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="003F4096" w:rsidP="003F4096">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Institutional Affiliation: Specify the institution, department, and country.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DAEF29E" w14:textId="77777777" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="003F4096" w:rsidP="003F4096">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0B9E56F1" w14:textId="77777777" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="003F4096" w:rsidP="003F4096">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Institutional E-mail Address: Provide an official institutional e-mail address. If an institutional address is not available, a reliable personal e-mail address (e.g., Gmail, Outlook) may be used.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="547A1039" w14:textId="77777777" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="003F4096" w:rsidP="003F4096">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0AA71873" w14:textId="69CD4F25" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="003F4096" w:rsidP="003F4096">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ORCID </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>iD</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>: Provide the ORCID identifier (e.g., https://orcid.org/0000-0000-0000-0000).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F4096" w:rsidRPr="00372B76" w14:paraId="38334613" w14:textId="77777777" w:rsidTr="00372B76">
+        <w:trPr>
+          <w:trHeight w:val="427"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43D701FB" w14:textId="167F957A" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="003F4096" w:rsidP="003F4096">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Author Information (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>third</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> author)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A73DA51" w14:textId="77777777" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="003F4096" w:rsidP="003F4096">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0623F3C4" w14:textId="046222A0" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="003F4096" w:rsidP="003F4096">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6910" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="398B30FD" w14:textId="0643B0E2" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="003F4096" w:rsidP="003F4096">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Provide the following details for </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>the third</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> author.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BE33267" w14:textId="77777777" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="003F4096" w:rsidP="003F4096">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="461160C0" w14:textId="77777777" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="003F4096" w:rsidP="003F4096">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Full Name: Write the author’s full legal name as it should appear in publication.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23B97C98" w14:textId="77777777" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="003F4096" w:rsidP="003F4096">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1DED9AB4" w14:textId="77777777" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="003F4096" w:rsidP="003F4096">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Institutional Affiliation: Specify the institution, department, and country.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F54A9CE" w14:textId="77777777" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="003F4096" w:rsidP="003F4096">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2E032971" w14:textId="77777777" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="003F4096" w:rsidP="003F4096">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Institutional E-mail Address: Provide an official institutional e-mail address. If an institutional address is not available, a reliable personal e-mail address (e.g., Gmail, Outlook) may be used.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A599337" w14:textId="77777777" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="003F4096" w:rsidP="003F4096">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="62998FEC" w14:textId="6971838A" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="003F4096" w:rsidP="003F4096">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ORCID </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>iD</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>: Provide the ORCID identifier (e.g., https://orcid.org/0000-0000-0000-0000).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F4096" w:rsidRPr="00372B76" w14:paraId="0FBF0924" w14:textId="77777777" w:rsidTr="00372B76">
+        <w:trPr>
+          <w:trHeight w:val="970"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21934D86" w14:textId="77777777" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="003F4096" w:rsidP="009D0093">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Corresponding Author Details</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A63269A" w14:textId="0EA8A560" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="003F4096" w:rsidP="009D0093">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6910" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4394792A" w14:textId="677500B2" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="003F4096" w:rsidP="003F4096">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Provide complete contact information for the author responsible for communication.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31F908A4" w14:textId="77777777" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="003F4096" w:rsidP="003F4096">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="39CD40E3" w14:textId="77777777" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="003F4096" w:rsidP="003F4096">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Name: Full name of the corresponding author.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="123F1EFB" w14:textId="77777777" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="003F4096" w:rsidP="003F4096">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1A9446D9" w14:textId="77777777" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="003F4096" w:rsidP="003F4096">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>E-mail Address: Valid and regularly monitored e-mail address.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="456EA722" w14:textId="77777777" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="003F4096" w:rsidP="003F4096">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="398580E9" w14:textId="74C84FAB" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="003F4096" w:rsidP="003F4096">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cellphone: A valid phone number that can be used to reach the author if necessary. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C04D01D" w14:textId="77777777" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="003F4096" w:rsidP="003F4096">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1F3357E1" w14:textId="410E94F3" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="003F4096" w:rsidP="003F4096">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Mailing Address: Full postal address including institution, city, postal code, and country.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F4096" w:rsidRPr="00372B76" w14:paraId="3DD66AEC" w14:textId="77777777" w:rsidTr="00372B76">
+        <w:trPr>
+          <w:trHeight w:val="970"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D8506EB" w14:textId="2E36F5F1" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="003F4096" w:rsidP="009D0093">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CRediT</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Author Contributions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6910" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30317B46" w14:textId="77777777" w:rsidR="00372B76" w:rsidRPr="00372B76" w:rsidRDefault="003F4096" w:rsidP="003F4096">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Describe the specific contributions of each author using </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CRediT</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> taxonomy</w:t>
+            </w:r>
+            <w:r w:rsidR="00372B76" w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="00372B76" w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">For detailed definitions of each role, please refer to the </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00372B76" w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CRediT</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00372B76" w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> website: </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:tgtFrame="_new" w:history="1">
+              <w:r w:rsidR="00372B76" w:rsidRPr="00372B76">
+                <w:rPr>
+                  <w:rStyle w:val="Kpr"/>
+                  <w:rFonts w:eastAsia="Calibri"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>https://credit.niso.org/</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="5599B795" w14:textId="75530A63" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="003F4096" w:rsidP="003F4096">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(e.g., Conceptualization, Methodology, Data Collection, Formal Analysis, Writing – Original Draft, Writing – Review &amp; Editing, Supervision). Each author’s role must be clearly stated.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B3B86D7" w14:textId="77777777" w:rsidR="004D699B" w:rsidRPr="00372B76" w:rsidRDefault="004D699B" w:rsidP="004D699B">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:bCs w:val="0"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:bCs w:val="0"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Example:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BE55460" w14:textId="77777777" w:rsidR="004D699B" w:rsidRPr="00372B76" w:rsidRDefault="004D699B" w:rsidP="004D699B">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>A. Demir: Conceptualization, Methodology, Data Collection, Writing – Original Draft</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0083C41B" w14:textId="77777777" w:rsidR="004D699B" w:rsidRPr="00372B76" w:rsidRDefault="004D699B" w:rsidP="004D699B">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>M. Kaya: Formal Analysis, Visualization, Writing – Review &amp; Editing</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5367528A" w14:textId="57488DD9" w:rsidR="004D699B" w:rsidRPr="00372B76" w:rsidRDefault="004D699B" w:rsidP="004D699B">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>S. Arslan: Supervision, Project Administration, Validation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004D699B" w:rsidRPr="00372B76" w14:paraId="103EA6A1" w14:textId="77777777" w:rsidTr="00372B76">
+        <w:trPr>
+          <w:trHeight w:val="970"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="718DBE49" w14:textId="1FA7D159" w:rsidR="004D699B" w:rsidRPr="00372B76" w:rsidRDefault="004D699B" w:rsidP="009D0093">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Funding Information</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6910" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65C9F812" w14:textId="593F4C8D" w:rsidR="004D699B" w:rsidRPr="00372B76" w:rsidRDefault="004D699B" w:rsidP="003F4096">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Identify all funding sources, grant numbers, and supporting institutions. If no funding was received, state: “This research received no specific grant from any funding agency.”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004D699B" w:rsidRPr="00372B76" w14:paraId="3866A27B" w14:textId="77777777" w:rsidTr="00372B76">
+        <w:trPr>
+          <w:trHeight w:val="970"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FED8429" w14:textId="0622F9B6" w:rsidR="004D699B" w:rsidRPr="00372B76" w:rsidRDefault="004D699B" w:rsidP="009D0093">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Conflict of Interest Declaration</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6910" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45F3E360" w14:textId="2A6A6AFE" w:rsidR="004D699B" w:rsidRPr="00372B76" w:rsidRDefault="004D699B" w:rsidP="003F4096">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Disclose any potential conflicts of interest (financial, institutional, personal). If none exist, state: “The authors declare no conflict of interest.”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F4096" w:rsidRPr="00372B76" w14:paraId="34DB66E6" w14:textId="77777777" w:rsidTr="00372B76">
         <w:trPr>
           <w:trHeight w:val="108"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2420" w:type="dxa"/>
+            <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5390FCB2" w14:textId="4EADB257" w:rsidR="009D0093" w:rsidRDefault="009D0093" w:rsidP="009D0093">
+          <w:p w14:paraId="07DADD99" w14:textId="6FE46037" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="00372B76" w:rsidP="009D0093">
             <w:pPr>
               <w:pStyle w:val="Tabloerii"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
-              </w:rPr>
-            </w:pPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Ethical Compliance and Approvals</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5823" w:type="dxa"/>
+            <w:tcW w:w="6910" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C3B1127" w14:textId="29F849B7" w:rsidR="009D0093" w:rsidRDefault="009D0093" w:rsidP="009D0093">
-[...29 lines deleted...]
-              <w:t>English</w:t>
+          <w:p w14:paraId="5060D96B" w14:textId="77777777" w:rsidR="004D699B" w:rsidRPr="00372B76" w:rsidRDefault="003F4096" w:rsidP="009D0093">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Information about ethics committee approval (the title of the committee, date, and number) should be provided here. If your study does not require ethics committee approval, explain the reason here. Since the information you provide will be added to your article as a footnote, please explain it in </w:t>
+            </w:r>
+            <w:r w:rsidR="004D699B" w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>short</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="352D46B9" w14:textId="77777777" w:rsidR="004D699B" w:rsidRPr="00372B76" w:rsidRDefault="004D699B" w:rsidP="009D0093">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:bCs w:val="0"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:bCs w:val="0"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Example: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6393B6DF" w14:textId="24EA0378" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="004D699B" w:rsidP="009D0093">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>This study was approved by the Ethics Committee of [Name of Institution]. The ethics approval was granted on [Approval Date] under the protocol number [Approval Number]. All procedures involving human participants were conducted in accordance with institutional and national ethical standards, the Helsinki Declaration, and applicable regulations. Informed consent was obtained from all participants.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D0093" w14:paraId="2D6CF217" w14:textId="77777777" w:rsidTr="00B34891">
-[...755 lines deleted...]
-      <w:tr w:rsidR="00FF18C2" w14:paraId="74EF9EDD" w14:textId="77777777" w:rsidTr="00B34891">
+      <w:tr w:rsidR="003F4096" w:rsidRPr="00372B76" w14:paraId="74EF9EDD" w14:textId="77777777" w:rsidTr="00372B76">
         <w:trPr>
           <w:trHeight w:val="102"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2420" w:type="dxa"/>
+            <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5709976A" w14:textId="7BF5F22D" w:rsidR="00FF18C2" w:rsidRDefault="00D0214D" w:rsidP="009D0093">
+          <w:p w14:paraId="5709976A" w14:textId="75070863" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="004D699B" w:rsidP="009D0093">
             <w:pPr>
               <w:pStyle w:val="Tabloerii"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
-              </w:rPr>
-[...18 lines deleted...]
-              <w:t xml:space="preserve">. </w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Acknowledgments</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5823" w:type="dxa"/>
+            <w:tcW w:w="6910" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2602A0DD" w14:textId="458F74E9" w:rsidR="00FF18C2" w:rsidRDefault="00B34891" w:rsidP="009D0093">
+          <w:p w14:paraId="61E03A5E" w14:textId="77777777" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="004D699B" w:rsidP="009D0093">
             <w:pPr>
               <w:pStyle w:val="Tabloerii"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
-              </w:rPr>
-[...13 lines deleted...]
-          <w:p w14:paraId="4DE21294" w14:textId="5B0BCB62" w:rsidR="00FF18C2" w:rsidRPr="00B34891" w:rsidRDefault="00B34891" w:rsidP="009D0093">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Mention individuals, institutions, or organizations that contributed to the study but do not meet authorship criteria. If the manuscript is derived from a thesis, conference paper, project report, or any previously presented work, this information must also be stated here.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0165EA9B" w14:textId="77777777" w:rsidR="004D699B" w:rsidRPr="00372B76" w:rsidRDefault="004D699B" w:rsidP="004D699B">
             <w:pPr>
               <w:pStyle w:val="Tabloerii"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
-                <w:lang w:val="en-US"/>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">If your article is produced from an unpublished work (thesis, symposium presentation except for full-text proceeding, project), please state it here.  </w:t>
+                <w:b/>
+                <w:bCs w:val="0"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:bCs w:val="0"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Example (Thesis-derived article)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A99D345" w14:textId="77777777" w:rsidR="004D699B" w:rsidRPr="00372B76" w:rsidRDefault="004D699B" w:rsidP="004D699B">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>This manuscript is derived from the first author’s master's thesis completed at ABC University in 2023.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="623E887D" w14:textId="77777777" w:rsidR="004D699B" w:rsidRPr="00372B76" w:rsidRDefault="004D699B" w:rsidP="004D699B">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:bCs w:val="0"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:bCs w:val="0"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Example (Conference paper extended version)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DE21294" w14:textId="6E47AE3A" w:rsidR="004D699B" w:rsidRPr="00372B76" w:rsidRDefault="004D699B" w:rsidP="004D699B">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>A preliminary version of this study was presented at the 2022 International Conference on Educational Sciences. The current manuscript includes substantial revisions and additional analyses.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D0214D" w14:paraId="690AA4D9" w14:textId="77777777" w:rsidTr="00B34891">
+      <w:tr w:rsidR="003F4096" w:rsidRPr="00372B76" w14:paraId="690AA4D9" w14:textId="77777777" w:rsidTr="00372B76">
         <w:trPr>
           <w:trHeight w:val="102"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2420" w:type="dxa"/>
+            <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C360837" w14:textId="40EED988" w:rsidR="00D0214D" w:rsidRDefault="00D0214D" w:rsidP="009D0093">
+          <w:p w14:paraId="6C360837" w14:textId="5633A7C0" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="004D699B" w:rsidP="009D0093">
             <w:pPr>
               <w:pStyle w:val="Tabloerii"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
-              </w:rPr>
-[...12 lines deleted...]
-              <w:t>Information about author contributions</w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>AI Tools Disclosure</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5823" w:type="dxa"/>
+            <w:tcW w:w="6910" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6FE60549" w14:textId="7B582B78" w:rsidR="00D0214D" w:rsidRDefault="00B34891" w:rsidP="009D0093">
+          <w:p w14:paraId="27D675E4" w14:textId="77777777" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="004D699B" w:rsidP="009D0093">
             <w:pPr>
               <w:pStyle w:val="Tabloerii"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
-              </w:rPr>
-[...19 lines deleted...]
-          <w:p w14:paraId="6665C385" w14:textId="01F58D2D" w:rsidR="00D0214D" w:rsidRPr="00B34891" w:rsidRDefault="00B34891" w:rsidP="009D0093">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Specify any AI tools used during manuscript preparation and clearly describe the scope of use (e.g., grammar checking, language editing). Authors remain responsible for verifying the accuracy and integrity of AI-assisted content.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23619FB5" w14:textId="3BE26D3A" w:rsidR="004D699B" w:rsidRPr="00372B76" w:rsidRDefault="004D699B" w:rsidP="004D699B">
             <w:pPr>
               <w:pStyle w:val="Tabloerii"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
-                <w:lang w:val="en-US"/>
-[...28 lines deleted...]
-              <w:t>. Percentage (%) can be used but not compulsory. If there is only one author, it should be declared that the whole process was carried out by the author.</w:t>
+                <w:b/>
+                <w:bCs w:val="0"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:bCs w:val="0"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Exampl</w:t>
+            </w:r>
+            <w:r w:rsidR="00372B76" w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:bCs w:val="0"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:bCs w:val="0"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FE93101" w14:textId="77777777" w:rsidR="004D699B" w:rsidRPr="00372B76" w:rsidRDefault="004D699B" w:rsidP="004D699B">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>The authors used ChatGPT (OpenAI) solely for language refinement and grammar correction during the revision process. No AI tool was used to generate research ideas, theoretical content, data, analysis, or interpretations. All substantive intellectual contributions were made by the authors.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D7A1695" w14:textId="77777777" w:rsidR="00372B76" w:rsidRPr="00372B76" w:rsidRDefault="00372B76" w:rsidP="00372B76">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:bCs w:val="0"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:bCs w:val="0"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Example:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6665C385" w14:textId="2097A412" w:rsidR="004D699B" w:rsidRPr="00372B76" w:rsidRDefault="004D699B" w:rsidP="004D699B">
+            <w:pPr>
+              <w:pStyle w:val="Tabloerii"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>The authors declare that no AI tools were used in the preparation of this manuscript.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008343FD" w14:paraId="4571EB78" w14:textId="77777777" w:rsidTr="00B34891">
+      <w:tr w:rsidR="003F4096" w:rsidRPr="00372B76" w14:paraId="4571EB78" w14:textId="77777777" w:rsidTr="00372B76">
         <w:trPr>
           <w:trHeight w:val="102"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2420" w:type="dxa"/>
+            <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F1F7C78" w14:textId="5399D28F" w:rsidR="008343FD" w:rsidRDefault="008343FD" w:rsidP="009D0093">
+          <w:p w14:paraId="6F1F7C78" w14:textId="087B1295" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="00372B76" w:rsidP="009D0093">
             <w:pPr>
               <w:pStyle w:val="Tabloerii"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
-              </w:rPr>
-[...12 lines deleted...]
-              <w:t>Funding and Acknowledgements</w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Data Availability Statement</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5823" w:type="dxa"/>
+            <w:tcW w:w="6910" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25F6F4EB" w14:textId="6845AC2A" w:rsidR="008343FD" w:rsidRDefault="00B34891" w:rsidP="009D0093">
+          <w:p w14:paraId="7DFFBAAE" w14:textId="77777777" w:rsidR="00372B76" w:rsidRPr="00372B76" w:rsidRDefault="00372B76" w:rsidP="00372B76">
             <w:pPr>
               <w:pStyle w:val="Tabloerii"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
-              </w:rPr>
-[...31 lines deleted...]
-          <w:p w14:paraId="0E1E8F73" w14:textId="1F192CE3" w:rsidR="008343FD" w:rsidRPr="00B34891" w:rsidRDefault="00B34891" w:rsidP="009D0093">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Indicate the accessibility of the data supporting the findings.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56A98DCF" w14:textId="77777777" w:rsidR="00372B76" w:rsidRPr="00372B76" w:rsidRDefault="00372B76" w:rsidP="00372B76">
             <w:pPr>
               <w:pStyle w:val="Tabloerii"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
-                <w:lang w:val="en-US"/>
-[...34 lines deleted...]
-          <w:p w14:paraId="1615BABD" w14:textId="1AE80AF1" w:rsidR="008343FD" w:rsidRDefault="008343FD" w:rsidP="009D0093">
+                <w:b/>
+                <w:bCs w:val="0"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:bCs w:val="0"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Examples:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B98638A" w14:textId="77777777" w:rsidR="00372B76" w:rsidRPr="00372B76" w:rsidRDefault="00372B76" w:rsidP="00372B76">
             <w:pPr>
               <w:pStyle w:val="Tabloerii"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
-              </w:rPr>
-[...20 lines deleted...]
-          <w:p w14:paraId="5AA9A193" w14:textId="7E48B1E1" w:rsidR="008343FD" w:rsidRDefault="00B34891" w:rsidP="009D0093">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>“Data are available in a public repository at: [link].”</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CB8FF14" w14:textId="77777777" w:rsidR="00372B76" w:rsidRPr="00372B76" w:rsidRDefault="00372B76" w:rsidP="00372B76">
             <w:pPr>
               <w:pStyle w:val="Tabloerii"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
-              </w:rPr>
-[...68 lines deleted...]
-          <w:p w14:paraId="38A87818" w14:textId="2D3FB077" w:rsidR="008343FD" w:rsidRPr="00B34891" w:rsidRDefault="00B34891" w:rsidP="009D0093">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>“Data are available from the corresponding author upon reasonable request.”</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E1E8F73" w14:textId="5C9A48D5" w:rsidR="003F4096" w:rsidRPr="00372B76" w:rsidRDefault="00372B76" w:rsidP="00372B76">
             <w:pPr>
               <w:pStyle w:val="Tabloerii"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...20 lines deleted...]
-              <w:t>when authors (or their employers or sponsors) have a financial, commercial, legal, or professional relationship with other organizations or people that could influence the research. Any conflict of interest should be explained in detail. If there is no conflict, some statements such as “authors declare that they have no conflict of interest” should be added.</w:t>
+            <w:r w:rsidRPr="00372B76">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>“Data cannot be shared due to ethical/legal restrictions.”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="35BE7B4E" w14:textId="77777777" w:rsidR="009D0093" w:rsidRDefault="009D0093" w:rsidP="009D0093">
+    <w:p w14:paraId="35BE7B4E" w14:textId="77777777" w:rsidR="009D0093" w:rsidRPr="00372B76" w:rsidRDefault="009D0093" w:rsidP="009D0093">
       <w:pPr>
         <w:pStyle w:val="MakaleMetni"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A6EA09D" w14:textId="77777777" w:rsidR="009D0093" w:rsidRPr="009D0093" w:rsidRDefault="009D0093" w:rsidP="009D0093">
+    <w:p w14:paraId="2A6EA09D" w14:textId="77777777" w:rsidR="009D0093" w:rsidRPr="00372B76" w:rsidRDefault="009D0093" w:rsidP="009D0093">
       <w:pPr>
         <w:pStyle w:val="MakaleMetni"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="009D0093" w:rsidRPr="009D0093" w:rsidSect="00D0214D">
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId11"/>
+    <w:sectPr w:rsidR="009D0093" w:rsidRPr="00372B76" w:rsidSect="00372B76">
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="even" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="first" r:id="rId12"/>
       <w:footnotePr>
         <w:numFmt w:val="chicago"/>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
-      <w:pgSz w:w="16838" w:h="11906" w:orient="landscape" w:code="9"/>
+      <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="35746D44" w14:textId="77777777" w:rsidR="00EF0BE9" w:rsidRDefault="00EF0BE9" w:rsidP="00D22AE4">
+    <w:p w14:paraId="7106DA01" w14:textId="77777777" w:rsidR="0021296C" w:rsidRDefault="0021296C" w:rsidP="00D22AE4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1C4C6F47" w14:textId="77777777" w:rsidR="00EF0BE9" w:rsidRDefault="00EF0BE9" w:rsidP="00D22AE4">
+    <w:p w14:paraId="520C5099" w14:textId="77777777" w:rsidR="0021296C" w:rsidRDefault="0021296C" w:rsidP="00D22AE4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="A2"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -1469,202 +1978,202 @@
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="43E7C318" w14:textId="77777777" w:rsidR="009D6531" w:rsidRDefault="009D6531" w:rsidP="008C580C">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="AltBilgi"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00410CE0">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>8</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4795600A" w14:textId="77777777" w:rsidR="009D6531" w:rsidRDefault="009D6531">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="AltBilgi"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00410CE0">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>9</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="48923055" w14:textId="77777777" w:rsidR="009D6531" w:rsidRDefault="009D6531">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="AltBilgi"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="75CA8B37" w14:textId="77777777" w:rsidR="009D6531" w:rsidRDefault="009D6531">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="AltBilgi"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00410CE0">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="764BAA39" w14:textId="77777777" w:rsidR="009D6531" w:rsidRDefault="009D6531">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="AltBilgi"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1BB7F7EE" w14:textId="77777777" w:rsidR="00EF0BE9" w:rsidRDefault="00EF0BE9" w:rsidP="00D22AE4">
+    <w:p w14:paraId="4702649D" w14:textId="77777777" w:rsidR="0021296C" w:rsidRDefault="0021296C" w:rsidP="00D22AE4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="096A8932" w14:textId="77777777" w:rsidR="00EF0BE9" w:rsidRDefault="00EF0BE9" w:rsidP="00D22AE4">
+    <w:p w14:paraId="7EAD234B" w14:textId="77777777" w:rsidR="0021296C" w:rsidRDefault="0021296C" w:rsidP="00D22AE4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5895C124" w14:textId="77777777" w:rsidR="009D6531" w:rsidRPr="00A44805" w:rsidRDefault="009D6531" w:rsidP="00A44805">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="stBilgi"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03AA4025"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="207A711E"/>
     <w:lvl w:ilvl="0" w:tplc="041F000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -4255,86 +4764,86 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:numFmt w:val="chicago"/>
     <w:numRestart w:val="eachPage"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
-    <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDYyM7CwtDQ3NzewMDUwMDZU0lEKTi0uzszPAykwrQUA/ZR8+SwAAAA="/>
+    <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDYyM7CwtDQ3NzewMDUwMDZU0lEKTi0uzszPAykwqwUAPsdR0iwAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00B769CA"/>
     <w:rsid w:val="0000090D"/>
     <w:rsid w:val="00004270"/>
     <w:rsid w:val="00004327"/>
     <w:rsid w:val="00007264"/>
     <w:rsid w:val="0001049D"/>
     <w:rsid w:val="00013099"/>
     <w:rsid w:val="000136AE"/>
     <w:rsid w:val="0001426D"/>
     <w:rsid w:val="000149CD"/>
     <w:rsid w:val="0001557B"/>
     <w:rsid w:val="0001780C"/>
     <w:rsid w:val="00022169"/>
     <w:rsid w:val="00022294"/>
     <w:rsid w:val="00023682"/>
     <w:rsid w:val="00026818"/>
     <w:rsid w:val="00030364"/>
     <w:rsid w:val="00032C07"/>
     <w:rsid w:val="00035271"/>
     <w:rsid w:val="00035AB8"/>
     <w:rsid w:val="00036D73"/>
     <w:rsid w:val="00036E50"/>
     <w:rsid w:val="000376BE"/>
@@ -4445,50 +4954,51 @@
     <w:rsid w:val="001C500D"/>
     <w:rsid w:val="001C72ED"/>
     <w:rsid w:val="001D01E9"/>
     <w:rsid w:val="001D11D3"/>
     <w:rsid w:val="001D1653"/>
     <w:rsid w:val="001D1B34"/>
     <w:rsid w:val="001D51A7"/>
     <w:rsid w:val="001D559E"/>
     <w:rsid w:val="001D6766"/>
     <w:rsid w:val="001D7827"/>
     <w:rsid w:val="001E1FEF"/>
     <w:rsid w:val="001E3C2B"/>
     <w:rsid w:val="001E3FB6"/>
     <w:rsid w:val="001E4F12"/>
     <w:rsid w:val="001E763C"/>
     <w:rsid w:val="001E7A7A"/>
     <w:rsid w:val="001F0F3D"/>
     <w:rsid w:val="001F3CA3"/>
     <w:rsid w:val="001F6431"/>
     <w:rsid w:val="001F7C5B"/>
     <w:rsid w:val="00200B7D"/>
     <w:rsid w:val="002052EF"/>
     <w:rsid w:val="002109F9"/>
     <w:rsid w:val="002110C9"/>
     <w:rsid w:val="002128B4"/>
+    <w:rsid w:val="0021296C"/>
     <w:rsid w:val="00213252"/>
     <w:rsid w:val="00214F43"/>
     <w:rsid w:val="0022401F"/>
     <w:rsid w:val="00225D85"/>
     <w:rsid w:val="0022648A"/>
     <w:rsid w:val="00227F9C"/>
     <w:rsid w:val="00232363"/>
     <w:rsid w:val="002328F6"/>
     <w:rsid w:val="002337C6"/>
     <w:rsid w:val="002357FC"/>
     <w:rsid w:val="00237B28"/>
     <w:rsid w:val="0024148C"/>
     <w:rsid w:val="00242120"/>
     <w:rsid w:val="00242E25"/>
     <w:rsid w:val="00244A0F"/>
     <w:rsid w:val="002514F3"/>
     <w:rsid w:val="002533A5"/>
     <w:rsid w:val="002545F2"/>
     <w:rsid w:val="00255758"/>
     <w:rsid w:val="002631DA"/>
     <w:rsid w:val="002642B6"/>
     <w:rsid w:val="00266945"/>
     <w:rsid w:val="00271AC8"/>
     <w:rsid w:val="00272CF6"/>
     <w:rsid w:val="0027318B"/>
@@ -4529,103 +5039,106 @@
     <w:rsid w:val="002E3371"/>
     <w:rsid w:val="002E46F0"/>
     <w:rsid w:val="002E4BFA"/>
     <w:rsid w:val="002E6ED1"/>
     <w:rsid w:val="002F3AEC"/>
     <w:rsid w:val="002F5409"/>
     <w:rsid w:val="00301FE9"/>
     <w:rsid w:val="00305371"/>
     <w:rsid w:val="00306062"/>
     <w:rsid w:val="00307BE8"/>
     <w:rsid w:val="003134DD"/>
     <w:rsid w:val="0031487D"/>
     <w:rsid w:val="00317023"/>
     <w:rsid w:val="0032043D"/>
     <w:rsid w:val="00322451"/>
     <w:rsid w:val="00323771"/>
     <w:rsid w:val="00324DDB"/>
     <w:rsid w:val="00325902"/>
     <w:rsid w:val="00333EB5"/>
     <w:rsid w:val="003366BA"/>
     <w:rsid w:val="0033763E"/>
     <w:rsid w:val="00342277"/>
     <w:rsid w:val="0034285E"/>
     <w:rsid w:val="00342999"/>
     <w:rsid w:val="00342DBA"/>
+    <w:rsid w:val="00342EDB"/>
     <w:rsid w:val="0034549E"/>
     <w:rsid w:val="0034576F"/>
     <w:rsid w:val="003469B9"/>
     <w:rsid w:val="00347E31"/>
     <w:rsid w:val="003535EF"/>
     <w:rsid w:val="00356C9F"/>
     <w:rsid w:val="00360DF5"/>
     <w:rsid w:val="003617C6"/>
     <w:rsid w:val="00365FDB"/>
     <w:rsid w:val="00371013"/>
     <w:rsid w:val="003714D7"/>
     <w:rsid w:val="003716F4"/>
     <w:rsid w:val="00371E66"/>
     <w:rsid w:val="003729B3"/>
+    <w:rsid w:val="00372B76"/>
     <w:rsid w:val="00376AB3"/>
     <w:rsid w:val="00376AEE"/>
     <w:rsid w:val="0037704C"/>
     <w:rsid w:val="00377B6C"/>
     <w:rsid w:val="00381B34"/>
     <w:rsid w:val="00382901"/>
     <w:rsid w:val="00384406"/>
     <w:rsid w:val="00391087"/>
     <w:rsid w:val="00392CA7"/>
     <w:rsid w:val="003943B8"/>
     <w:rsid w:val="003957FB"/>
     <w:rsid w:val="00397D8C"/>
     <w:rsid w:val="003A05CA"/>
     <w:rsid w:val="003A2A8F"/>
     <w:rsid w:val="003A3381"/>
     <w:rsid w:val="003A4F85"/>
     <w:rsid w:val="003A5693"/>
     <w:rsid w:val="003B1D55"/>
     <w:rsid w:val="003B2B5F"/>
     <w:rsid w:val="003B4F6E"/>
     <w:rsid w:val="003B5654"/>
     <w:rsid w:val="003B6DA6"/>
     <w:rsid w:val="003B7B7C"/>
     <w:rsid w:val="003B7E12"/>
     <w:rsid w:val="003C0189"/>
     <w:rsid w:val="003C1ACC"/>
     <w:rsid w:val="003C1C77"/>
     <w:rsid w:val="003C1D43"/>
     <w:rsid w:val="003C1FF5"/>
     <w:rsid w:val="003C4395"/>
     <w:rsid w:val="003C540E"/>
     <w:rsid w:val="003C6F51"/>
     <w:rsid w:val="003C7633"/>
     <w:rsid w:val="003D7030"/>
     <w:rsid w:val="003E13EC"/>
     <w:rsid w:val="003E2808"/>
     <w:rsid w:val="003E39CE"/>
     <w:rsid w:val="003F07A7"/>
     <w:rsid w:val="003F2A28"/>
+    <w:rsid w:val="003F4096"/>
     <w:rsid w:val="003F4520"/>
     <w:rsid w:val="00404492"/>
     <w:rsid w:val="00404C02"/>
     <w:rsid w:val="004054A7"/>
     <w:rsid w:val="004063D1"/>
     <w:rsid w:val="004069B1"/>
     <w:rsid w:val="00410CE0"/>
     <w:rsid w:val="004125BF"/>
     <w:rsid w:val="00413E67"/>
     <w:rsid w:val="004161A8"/>
     <w:rsid w:val="0042038B"/>
     <w:rsid w:val="004206BD"/>
     <w:rsid w:val="00424FC8"/>
     <w:rsid w:val="00433E1B"/>
     <w:rsid w:val="00435A06"/>
     <w:rsid w:val="0044044F"/>
     <w:rsid w:val="004441E2"/>
     <w:rsid w:val="0044482B"/>
     <w:rsid w:val="00445918"/>
     <w:rsid w:val="0044663F"/>
     <w:rsid w:val="004467F0"/>
     <w:rsid w:val="00447E8F"/>
     <w:rsid w:val="00451EE2"/>
     <w:rsid w:val="0045687B"/>
     <w:rsid w:val="00456EB2"/>
@@ -4644,105 +5157,108 @@
     <w:rsid w:val="00481564"/>
     <w:rsid w:val="00486A8F"/>
     <w:rsid w:val="004878CC"/>
     <w:rsid w:val="004906E0"/>
     <w:rsid w:val="004925F8"/>
     <w:rsid w:val="00495DE2"/>
     <w:rsid w:val="004961D5"/>
     <w:rsid w:val="0049739D"/>
     <w:rsid w:val="004A0946"/>
     <w:rsid w:val="004A1FAE"/>
     <w:rsid w:val="004A3B17"/>
     <w:rsid w:val="004A4328"/>
     <w:rsid w:val="004A4345"/>
     <w:rsid w:val="004A434E"/>
     <w:rsid w:val="004A69C7"/>
     <w:rsid w:val="004B0939"/>
     <w:rsid w:val="004B716D"/>
     <w:rsid w:val="004B7EF6"/>
     <w:rsid w:val="004C0E43"/>
     <w:rsid w:val="004C0F83"/>
     <w:rsid w:val="004C2029"/>
     <w:rsid w:val="004C592D"/>
     <w:rsid w:val="004D2791"/>
     <w:rsid w:val="004D2D51"/>
     <w:rsid w:val="004D393A"/>
+    <w:rsid w:val="004D699B"/>
     <w:rsid w:val="004D7155"/>
     <w:rsid w:val="004E207F"/>
     <w:rsid w:val="004E473A"/>
     <w:rsid w:val="004E5189"/>
     <w:rsid w:val="004E579A"/>
     <w:rsid w:val="004E6796"/>
     <w:rsid w:val="004E6FA3"/>
     <w:rsid w:val="004E7996"/>
     <w:rsid w:val="004F0073"/>
     <w:rsid w:val="004F0922"/>
     <w:rsid w:val="004F5434"/>
     <w:rsid w:val="004F54B5"/>
     <w:rsid w:val="004F766C"/>
     <w:rsid w:val="00505383"/>
     <w:rsid w:val="00507471"/>
     <w:rsid w:val="005122CB"/>
     <w:rsid w:val="005145B0"/>
     <w:rsid w:val="00515B03"/>
     <w:rsid w:val="00517605"/>
     <w:rsid w:val="00521876"/>
     <w:rsid w:val="00521B89"/>
     <w:rsid w:val="00522017"/>
     <w:rsid w:val="00523556"/>
     <w:rsid w:val="0052452D"/>
     <w:rsid w:val="005267A2"/>
     <w:rsid w:val="005268AA"/>
     <w:rsid w:val="00526FE5"/>
     <w:rsid w:val="00527E41"/>
     <w:rsid w:val="0053420D"/>
     <w:rsid w:val="0053611F"/>
     <w:rsid w:val="00536309"/>
     <w:rsid w:val="00537E1A"/>
     <w:rsid w:val="0054049D"/>
     <w:rsid w:val="00540785"/>
     <w:rsid w:val="00542D96"/>
     <w:rsid w:val="005439E0"/>
     <w:rsid w:val="00543DC2"/>
     <w:rsid w:val="00544604"/>
     <w:rsid w:val="00551E21"/>
     <w:rsid w:val="00551ED9"/>
     <w:rsid w:val="0055397C"/>
     <w:rsid w:val="005575B3"/>
     <w:rsid w:val="00560D02"/>
     <w:rsid w:val="00560E21"/>
     <w:rsid w:val="0056562E"/>
+    <w:rsid w:val="0056573D"/>
     <w:rsid w:val="0056764E"/>
     <w:rsid w:val="00572203"/>
     <w:rsid w:val="005727B8"/>
     <w:rsid w:val="00573AB5"/>
     <w:rsid w:val="005745A1"/>
     <w:rsid w:val="00575B55"/>
     <w:rsid w:val="00575BF2"/>
     <w:rsid w:val="00576030"/>
     <w:rsid w:val="005802F5"/>
     <w:rsid w:val="005805E9"/>
+    <w:rsid w:val="005822BC"/>
     <w:rsid w:val="00583ABF"/>
     <w:rsid w:val="00583D6A"/>
     <w:rsid w:val="00586971"/>
     <w:rsid w:val="00590CD3"/>
     <w:rsid w:val="00593A77"/>
     <w:rsid w:val="005950DA"/>
     <w:rsid w:val="0059689D"/>
     <w:rsid w:val="005A185C"/>
     <w:rsid w:val="005A1F11"/>
     <w:rsid w:val="005A4663"/>
     <w:rsid w:val="005A55DE"/>
     <w:rsid w:val="005A7E68"/>
     <w:rsid w:val="005A7FF7"/>
     <w:rsid w:val="005B2F92"/>
     <w:rsid w:val="005B3844"/>
     <w:rsid w:val="005B3EDA"/>
     <w:rsid w:val="005B4711"/>
     <w:rsid w:val="005C20CC"/>
     <w:rsid w:val="005C22FA"/>
     <w:rsid w:val="005C2CD1"/>
     <w:rsid w:val="005C38D7"/>
     <w:rsid w:val="005C52EB"/>
     <w:rsid w:val="005D196D"/>
     <w:rsid w:val="005D1B94"/>
     <w:rsid w:val="005D7760"/>
@@ -5345,50 +5861,51 @@
     <w:rsid w:val="00CF1CB5"/>
     <w:rsid w:val="00CF20FD"/>
     <w:rsid w:val="00CF313C"/>
     <w:rsid w:val="00CF3AF8"/>
     <w:rsid w:val="00CF4CDB"/>
     <w:rsid w:val="00CF5569"/>
     <w:rsid w:val="00CF698E"/>
     <w:rsid w:val="00CF6F19"/>
     <w:rsid w:val="00CF78B2"/>
     <w:rsid w:val="00D0098B"/>
     <w:rsid w:val="00D0214D"/>
     <w:rsid w:val="00D034F0"/>
     <w:rsid w:val="00D045FE"/>
     <w:rsid w:val="00D10865"/>
     <w:rsid w:val="00D167D5"/>
     <w:rsid w:val="00D20342"/>
     <w:rsid w:val="00D2262D"/>
     <w:rsid w:val="00D22AE4"/>
     <w:rsid w:val="00D2362D"/>
     <w:rsid w:val="00D24F8A"/>
     <w:rsid w:val="00D2575C"/>
     <w:rsid w:val="00D25951"/>
     <w:rsid w:val="00D264D2"/>
     <w:rsid w:val="00D27DEC"/>
     <w:rsid w:val="00D27ECA"/>
+    <w:rsid w:val="00D304FE"/>
     <w:rsid w:val="00D3088B"/>
     <w:rsid w:val="00D321BE"/>
     <w:rsid w:val="00D33627"/>
     <w:rsid w:val="00D33707"/>
     <w:rsid w:val="00D33832"/>
     <w:rsid w:val="00D3745F"/>
     <w:rsid w:val="00D41A61"/>
     <w:rsid w:val="00D42FB1"/>
     <w:rsid w:val="00D43C7C"/>
     <w:rsid w:val="00D46D71"/>
     <w:rsid w:val="00D5036C"/>
     <w:rsid w:val="00D53FF5"/>
     <w:rsid w:val="00D561DB"/>
     <w:rsid w:val="00D56558"/>
     <w:rsid w:val="00D57791"/>
     <w:rsid w:val="00D57BA7"/>
     <w:rsid w:val="00D61036"/>
     <w:rsid w:val="00D62410"/>
     <w:rsid w:val="00D633BD"/>
     <w:rsid w:val="00D636F0"/>
     <w:rsid w:val="00D645F5"/>
     <w:rsid w:val="00D646CF"/>
     <w:rsid w:val="00D7107F"/>
     <w:rsid w:val="00D721AD"/>
     <w:rsid w:val="00D75148"/>
@@ -5587,51 +6104,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="38F1DD20"/>
   <w15:docId w15:val="{D85C9997-8768-4DAC-94B8-8DA51DEFF38E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="0"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5983,502 +6500,501 @@
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:rsid w:val="00B837E8"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="Balk1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Makale Başlığı"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading1Char"/>
+    <w:link w:val="Balk1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00AC7F13"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="240"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  <w:style w:type="paragraph" w:styleId="Balk2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="000E75B5"/>
     <w:pPr>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading3">
+  <w:style w:type="paragraph" w:styleId="Balk3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading3Char"/>
+    <w:link w:val="Balk3Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="0055397C"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
-    <w:name w:val="Heading 1 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk1Char">
+    <w:name w:val="Başlık 1 Char"/>
     <w:aliases w:val="Makale Başlığı Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading1"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00AC7F13"/>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
+  <w:style w:type="table" w:styleId="TabloKlavuzu">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="NormalTablo"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="002E3371"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="FootnoteText">
+  <w:style w:type="paragraph" w:styleId="DipnotMetni">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="FootnoteTextChar"/>
+    <w:link w:val="DipnotMetniChar"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D22AE4"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
-[...2 lines deleted...]
-    <w:link w:val="FootnoteText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DipnotMetniChar">
+    <w:name w:val="Dipnot Metni Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="DipnotMetni"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00D22AE4"/>
   </w:style>
-  <w:style w:type="character" w:styleId="FootnoteReference">
+  <w:style w:type="character" w:styleId="DipnotBavurusu">
     <w:name w:val="footnote reference"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D22AE4"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="stBilgi">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
+    <w:link w:val="stBilgiChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007D4E4C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
-[...2 lines deleted...]
-    <w:link w:val="Header"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="stBilgiChar">
+    <w:name w:val="Üst Bilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="stBilgi"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="007D4E4C"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="AltBilgi">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
+    <w:link w:val="AltBilgiChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007D4E4C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-[...2 lines deleted...]
-    <w:link w:val="Footer"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AltBilgiChar">
+    <w:name w:val="Alt Bilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="AltBilgi"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="007D4E4C"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText">
+  <w:style w:type="paragraph" w:styleId="GvdeMetni">
     <w:name w:val="Body Text"/>
     <w:aliases w:val="Özet Metin"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BodyTextChar"/>
+    <w:link w:val="GvdeMetniChar"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00AC7F13"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
-    <w:name w:val="Body Text Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="GvdeMetniChar">
+    <w:name w:val="Gövde Metni Char"/>
     <w:aliases w:val="Özet Metin Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="BodyText"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="GvdeMetni"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00AC7F13"/>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
+  <w:style w:type="character" w:styleId="Kpr">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BC740E"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="ListeParagraf">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00DD4915"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TabloKlavuzu7">
     <w:name w:val="Tablo Kılavuzu7"/>
-    <w:basedOn w:val="TableNormal"/>
-    <w:next w:val="TableGrid"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:next w:val="TabloKlavuzu"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="001539EC"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TabloKlavuzu8">
     <w:name w:val="Tablo Kılavuzu8"/>
-    <w:basedOn w:val="TableNormal"/>
-    <w:next w:val="TableGrid"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:next w:val="TabloKlavuzu"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="001539EC"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TabloKlavuzu1">
     <w:name w:val="Tablo Kılavuzu1"/>
-    <w:basedOn w:val="TableNormal"/>
-    <w:next w:val="TableGrid"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:next w:val="TabloKlavuzu"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="001539EC"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TabloKlavuzu2">
     <w:name w:val="Tablo Kılavuzu2"/>
-    <w:basedOn w:val="TableNormal"/>
-    <w:next w:val="TableGrid"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:next w:val="TabloKlavuzu"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="001539EC"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TabloKlavuzu3">
     <w:name w:val="Tablo Kılavuzu3"/>
-    <w:basedOn w:val="TableNormal"/>
-    <w:next w:val="TableGrid"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:next w:val="TabloKlavuzu"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="001539EC"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TabloKlavuzu4">
     <w:name w:val="Tablo Kılavuzu4"/>
-    <w:basedOn w:val="TableNormal"/>
-    <w:next w:val="TableGrid"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:next w:val="TabloKlavuzu"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="001539EC"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TabloKlavuzu5">
     <w:name w:val="Tablo Kılavuzu5"/>
-    <w:basedOn w:val="TableNormal"/>
-    <w:next w:val="TableGrid"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:next w:val="TabloKlavuzu"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="001539EC"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TabloKlavuzu6">
     <w:name w:val="Tablo Kılavuzu6"/>
-    <w:basedOn w:val="TableNormal"/>
-    <w:next w:val="TableGrid"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:next w:val="TabloKlavuzu"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="001539EC"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentReference">
+  <w:style w:type="character" w:styleId="AklamaBavurusu">
     <w:name w:val="annotation reference"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009F708D"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="paraf">
     <w:name w:val="paraf"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00723B6B"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="AkKlavuz-Vurgu11">
     <w:name w:val="Açık Kılavuz - Vurgu 11"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="NormalTablo"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00723B6B"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:beforeLines="0" w:beforeAutospacing="0" w:afterLines="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi" w:hint="eastAsia"/>
         <w:b/>
@@ -6558,169 +7074,169 @@
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
     <w:name w:val="apple-converted-space"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:rsid w:val="00723B6B"/>
   </w:style>
-  <w:style w:type="character" w:styleId="Emphasis">
+  <w:style w:type="character" w:styleId="Vurgu">
     <w:name w:val="Emphasis"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:uiPriority w:val="20"/>
     <w:rsid w:val="00723B6B"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="00551E21"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Stil1">
     <w:name w:val="Stil1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="NormalTablo"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00214F43"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentText">
+  <w:style w:type="paragraph" w:styleId="AklamaMetni">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="CommentTextChar"/>
+    <w:link w:val="AklamaMetniChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006D32B0"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
-[...2 lines deleted...]
-    <w:link w:val="CommentText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AklamaMetniChar">
+    <w:name w:val="Açıklama Metni Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="AklamaMetni"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006D32B0"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentSubject">
+  <w:style w:type="paragraph" w:styleId="AklamaKonusu">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="CommentText"/>
-[...1 lines deleted...]
-    <w:link w:val="CommentSubjectChar"/>
+    <w:basedOn w:val="AklamaMetni"/>
+    <w:next w:val="AklamaMetni"/>
+    <w:link w:val="AklamaKonusuChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006D32B0"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
-[...2 lines deleted...]
-    <w:link w:val="CommentSubject"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AklamaKonusuChar">
+    <w:name w:val="Açıklama Konusu Char"/>
+    <w:basedOn w:val="AklamaMetniChar"/>
+    <w:link w:val="AklamaKonusu"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006D32B0"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
+  <w:style w:type="paragraph" w:styleId="BalonMetni">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar"/>
+    <w:link w:val="BalonMetniChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006D32B0"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
-[...2 lines deleted...]
-    <w:link w:val="BalloonText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalonMetniChar">
+    <w:name w:val="Balon Metni Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="BalonMetni"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006D32B0"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk3Char">
+    <w:name w:val="Başlık 3 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="0055397C"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Makalezeti">
     <w:name w:val="Makale Özeti"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="MakalezetiChar"/>
     <w:qFormat/>
     <w:rsid w:val="00AC7F13"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:before="119"/>
       <w:ind w:left="709" w:right="709"/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
@@ -6731,298 +7247,298 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1DzeyBalk">
     <w:name w:val="1. Düzey Başlık"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="1DzeyBalkChar"/>
     <w:qFormat/>
     <w:rsid w:val="00471D49"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:before="240" w:after="240"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
       <w:b/>
       <w:bCs/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="MakalezetiChar">
     <w:name w:val="Makale Özeti Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="Makalezeti"/>
     <w:rsid w:val="00AC7F13"/>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
       <w:sz w:val="19"/>
       <w:szCs w:val="19"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="MakaleMetni">
     <w:name w:val="Makale Metni"/>
-    <w:basedOn w:val="BodyText"/>
+    <w:basedOn w:val="GvdeMetni"/>
     <w:link w:val="MakaleMetniChar"/>
     <w:qFormat/>
     <w:rsid w:val="003C1FF5"/>
     <w:pPr>
       <w:spacing w:before="200" w:after="200" w:line="250" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="tr-TR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="1DzeyBalkChar">
     <w:name w:val="1. Düzey Başlık Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="1DzeyBalk"/>
     <w:rsid w:val="00471D49"/>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2DzeyBalk">
     <w:name w:val="2. Düzey Başlık"/>
-    <w:basedOn w:val="BodyText"/>
+    <w:basedOn w:val="GvdeMetni"/>
     <w:link w:val="2DzeyBalkChar"/>
     <w:qFormat/>
     <w:rsid w:val="000842F6"/>
     <w:pPr>
       <w:spacing w:before="200" w:after="120" w:line="250" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="tr-TR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="MakaleMetniChar">
     <w:name w:val="Makale Metni Char"/>
-    <w:basedOn w:val="BodyTextChar"/>
+    <w:basedOn w:val="GvdeMetniChar"/>
     <w:link w:val="MakaleMetni"/>
     <w:rsid w:val="003C1FF5"/>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="3DzeyBalk">
     <w:name w:val="3. Düzey Başlık"/>
-    <w:basedOn w:val="BodyText"/>
+    <w:basedOn w:val="GvdeMetni"/>
     <w:link w:val="3DzeyBalkChar"/>
     <w:qFormat/>
     <w:rsid w:val="000842F6"/>
     <w:pPr>
       <w:spacing w:before="205" w:line="249" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="tr-TR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="2DzeyBalkChar">
     <w:name w:val="2. Düzey Başlık Char"/>
-    <w:basedOn w:val="BodyTextChar"/>
+    <w:basedOn w:val="GvdeMetniChar"/>
     <w:link w:val="2DzeyBalk"/>
     <w:rsid w:val="000842F6"/>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
       <w:b/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TabloBal">
     <w:name w:val="Tablo Başlığı"/>
-    <w:basedOn w:val="BodyText"/>
+    <w:basedOn w:val="GvdeMetni"/>
     <w:link w:val="TabloBalChar"/>
     <w:qFormat/>
     <w:rsid w:val="003C1FF5"/>
     <w:pPr>
       <w:spacing w:before="120" w:line="250" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="tr-TR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="3DzeyBalkChar">
     <w:name w:val="3. Düzey Başlık Char"/>
-    <w:basedOn w:val="BodyTextChar"/>
+    <w:basedOn w:val="GvdeMetniChar"/>
     <w:link w:val="3DzeyBalk"/>
     <w:rsid w:val="000842F6"/>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
       <w:b/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabloerii">
     <w:name w:val="Tablo İçeriği"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TabloeriiChar"/>
     <w:qFormat/>
     <w:rsid w:val="000842F6"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TabloBalChar">
     <w:name w:val="Tablo Başlığı Char"/>
-    <w:basedOn w:val="BodyTextChar"/>
+    <w:basedOn w:val="GvdeMetniChar"/>
     <w:link w:val="TabloBal"/>
     <w:rsid w:val="003C1FF5"/>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ekilBal">
     <w:name w:val="Şekil Başlığı"/>
     <w:basedOn w:val="TabloBal"/>
     <w:link w:val="ekilBalChar"/>
     <w:rsid w:val="000842F6"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TabloeriiChar">
     <w:name w:val="Tablo İçeriği Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="Tabloerii"/>
     <w:rsid w:val="000842F6"/>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ekilerii">
     <w:name w:val="Şekil İçeriği"/>
     <w:basedOn w:val="Tabloerii"/>
     <w:link w:val="ekileriiChar"/>
     <w:rsid w:val="00382901"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ekilBalChar">
     <w:name w:val="Şekil Başlığı Char"/>
     <w:basedOn w:val="TabloBalChar"/>
     <w:link w:val="ekilBal"/>
     <w:rsid w:val="000842F6"/>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TabloNotu">
     <w:name w:val="Tablo Notu"/>
-    <w:basedOn w:val="BodyText"/>
+    <w:basedOn w:val="GvdeMetni"/>
     <w:link w:val="TabloNotuChar"/>
     <w:rsid w:val="003C1FF5"/>
     <w:pPr>
       <w:spacing w:line="250" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="tr-TR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ekileriiChar">
     <w:name w:val="Şekil İçeriği Char"/>
     <w:basedOn w:val="TabloeriiChar"/>
     <w:link w:val="ekilerii"/>
     <w:rsid w:val="00382901"/>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DorudanAlnt">
     <w:name w:val="Doğrudan Alıntı"/>
     <w:basedOn w:val="Makalezeti"/>
     <w:link w:val="DorudanAlntChar"/>
     <w:qFormat/>
     <w:rsid w:val="003C1FF5"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TabloNotuChar">
     <w:name w:val="Tablo Notu Char"/>
-    <w:basedOn w:val="BodyTextChar"/>
+    <w:basedOn w:val="GvdeMetniChar"/>
     <w:link w:val="TabloNotu"/>
     <w:rsid w:val="003C1FF5"/>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="UnresolvedMention">
+  <w:style w:type="character" w:styleId="zmlenmeyenBahsetme">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00471034"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="DorudanAlntChar">
     <w:name w:val="Doğrudan Alıntı Char"/>
     <w:basedOn w:val="MakalezetiChar"/>
     <w:link w:val="DorudanAlnt"/>
     <w:rsid w:val="003C1FF5"/>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
       <w:sz w:val="19"/>
       <w:szCs w:val="19"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Kaynaklar">
     <w:name w:val="Kaynaklar"/>
     <w:basedOn w:val="Tabloerii"/>
     <w:link w:val="KaynaklarChar"/>
     <w:qFormat/>
@@ -7058,74 +7574,74 @@
     <w:qFormat/>
     <w:rsid w:val="00722EC6"/>
     <w:rPr>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TabloNotChar">
     <w:name w:val="Tablo Not Char"/>
     <w:basedOn w:val="TabloNotuChar"/>
     <w:link w:val="TabloNot"/>
     <w:rsid w:val="00722EC6"/>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2071078016">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://credit.niso.org/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\ASUS\Desktop\UTEB%20-%20MAKALE%20&#350;ABLONU.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Ofis Teması">
   <a:themeElements>
     <a:clrScheme name="Ofis">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -7392,74 +7908,74 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0C53CCE3-0FF5-43F0-9EAB-3B9C20E06E7F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>UTEB - MAKALE ŞABLONU</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>683</Words>
-  <Characters>3894</Characters>
+  <Words>894</Words>
+  <Characters>5099</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>32</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>42</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Title</vt:lpstr>
+        <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Konu Başlığı</vt:lpstr>
+        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4568</CharactersWithSpaces>
+  <CharactersWithSpaces>5982</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Anonim</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>