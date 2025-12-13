--- v0 (2025-10-11)
+++ v1 (2025-12-13)
@@ -6,58 +6,61 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4E15BC4B" w14:textId="4CE9A7F9" w:rsidR="0045687B" w:rsidRPr="006447B9" w:rsidRDefault="006447B9" w:rsidP="00AC7F13">
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading1"/>
+    <w:p w14:paraId="4E15BC4B" w14:textId="2AB21B4C" w:rsidR="0045687B" w:rsidRPr="006447B9" w:rsidRDefault="006447B9" w:rsidP="00AC7F13">
+      <w:pPr>
+        <w:pStyle w:val="Balk1"/>
       </w:pPr>
       <w:r w:rsidRPr="006447B9">
-        <w:t xml:space="preserve">Write or Paste Your Article Title Here Using This Style </w:t>
+        <w:t xml:space="preserve">Write or </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB2823" w:rsidRPr="006447B9">
+        <w:t xml:space="preserve">paste your article title here using this style </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7282367B" w14:textId="51746E2A" w:rsidR="0045687B" w:rsidRPr="006447B9" w:rsidRDefault="006447B9" w:rsidP="006447B9">
       <w:pPr>
         <w:pStyle w:val="Abstract"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Write or paste your 200-250 word abstract here using this style. The abstract should involve the purpose, methods, important findings, and recommendations. The abstract content of review articles may vary. Abstract should be </w:t>
       </w:r>
       <w:r w:rsidRPr="006447B9">
         <w:t>Palatino Linotype</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="006447B9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0045687B" w:rsidRPr="006447B9">
         <w:t xml:space="preserve">9,5 </w:t>
       </w:r>
       <w:r>
         <w:t>type size</w:t>
       </w:r>
       <w:r w:rsidR="0045687B" w:rsidRPr="006447B9">
@@ -1300,86 +1303,86 @@
         <w:pStyle w:val="TableNotes"/>
       </w:pPr>
       <w:r w:rsidRPr="006447B9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Not</w:t>
       </w:r>
       <w:r w:rsidR="006447B9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="006447B9">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="006447B9">
         <w:t xml:space="preserve">Sample table note. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78DE6CBF" w14:textId="2A62BB4F" w:rsidR="003C1FF5" w:rsidRPr="006447B9" w:rsidRDefault="003C1FF5" w:rsidP="0055397C">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="GvdeMetni"/>
         <w:spacing w:before="205" w:line="249" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="28B89DBE" w14:textId="77777777" w:rsidR="003C1FF5" w:rsidRPr="006447B9" w:rsidRDefault="003C1FF5" w:rsidP="0055397C">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="GvdeMetni"/>
         <w:spacing w:before="205" w:line="249" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="56550BF3" w14:textId="77777777" w:rsidR="003C1FF5" w:rsidRPr="006447B9" w:rsidRDefault="003C1FF5" w:rsidP="0055397C">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="GvdeMetni"/>
         <w:spacing w:before="205" w:line="249" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1197D739" w14:textId="77777777" w:rsidR="003C1FF5" w:rsidRPr="006447B9" w:rsidRDefault="003C1FF5" w:rsidP="0055397C">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="GvdeMetni"/>
         <w:spacing w:before="205" w:line="249" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6BDE12A6" w14:textId="77777777" w:rsidR="003C1FF5" w:rsidRPr="006447B9" w:rsidRDefault="003C1FF5" w:rsidP="0055397C">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="GvdeMetni"/>
         <w:spacing w:before="205" w:line="249" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="284A8040" w14:textId="77777777" w:rsidR="003C1FF5" w:rsidRPr="006447B9" w:rsidRDefault="003C1FF5" w:rsidP="0055397C">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="GvdeMetni"/>
         <w:spacing w:before="205" w:line="249" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5443C036" w14:textId="7A40214C" w:rsidR="003C1FF5" w:rsidRPr="006447B9" w:rsidRDefault="006447B9" w:rsidP="003C1FF5">
       <w:pPr>
         <w:pStyle w:val="TableTitle"/>
       </w:pPr>
       <w:r>
         <w:t>Graph</w:t>
       </w:r>
       <w:r w:rsidR="003C1FF5" w:rsidRPr="006447B9">
         <w:t xml:space="preserve"> 1 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0743C3C5" w14:textId="28873C97" w:rsidR="00382901" w:rsidRPr="006447B9" w:rsidRDefault="006447B9" w:rsidP="003C1FF5">
       <w:pPr>
         <w:pStyle w:val="TableTitle"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1399,685 +1402,717 @@
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="26B144B7" wp14:editId="79A5F718">
             <wp:extent cx="5734050" cy="2133600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="7" name="Grafik 7"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                 <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId8"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="046BA91E" w14:textId="55B36A0F" w:rsidR="00BC740E" w:rsidRPr="006447B9" w:rsidRDefault="00A71CD5" w:rsidP="00382901">
       <w:pPr>
         <w:pStyle w:val="HeadingOne"/>
       </w:pPr>
       <w:r>
         <w:t>References</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53C59763" w14:textId="3F85E19E" w:rsidR="00382901" w:rsidRPr="006447B9" w:rsidRDefault="00A71CD5" w:rsidP="00382901">
+    <w:p w14:paraId="53C59763" w14:textId="3F827CA7" w:rsidR="00382901" w:rsidRPr="006447B9" w:rsidRDefault="00A71CD5" w:rsidP="00382901">
       <w:pPr>
         <w:pStyle w:val="ArticleText"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">See Writing Rules in </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> website for detailed information about intext citation and references. APA 7 style is used in this journal. The first submission to the journal should include references in English language no matter what language is used in full-text. If the titles of the references are non-English, authors should provide English titles in square brackets []. Doi numbers should be provided as a link: </w:t>
+        <w:t xml:space="preserve">See Writing Rules in IJTES website for detailed information about intext citation and references. APA 7 style is used in this journal. If the titles of the references are non-English, authors should provide English titles in square brackets []. Doi numbers should be provided as a link: </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="00471034" w:rsidRPr="006447B9">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Kpr"/>
           </w:rPr>
           <w:t>https://doi.org/10.xxxxxxxxx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00471034" w:rsidRPr="006447B9">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4004FA9A" w14:textId="77777777" w:rsidR="005A4663" w:rsidRPr="006447B9" w:rsidRDefault="005A4663" w:rsidP="005A4663">
       <w:pPr>
         <w:pStyle w:val="References"/>
       </w:pPr>
       <w:r w:rsidRPr="006447B9">
-        <w:t xml:space="preserve">Aron, L., </w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve">, &amp; F. C. Worrell (Eds.), </w:t>
+        <w:t xml:space="preserve">Aron, L., Botella, M., &amp; Lubart, T. (2019). Culinary arts: Talent and their development. In R. F. Subotnik, P. Olszewski-Kubilius, &amp; F. C. Worrell (Eds.), </w:t>
       </w:r>
       <w:r w:rsidRPr="006447B9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">The psychology of high performance: Developing human potential into domain-specific talent </w:t>
       </w:r>
       <w:r w:rsidRPr="006447B9">
         <w:t xml:space="preserve">(pp. 345–359). American Psychological Association. </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="006447B9">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Kpr"/>
           </w:rPr>
           <w:t>https://doi.org/10.1037/0000120-016</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="006447B9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="1686917C" w14:textId="77777777" w:rsidR="00FC6392" w:rsidRPr="00FC6392" w:rsidRDefault="00FC6392" w:rsidP="00FC6392">
+      <w:pPr>
+        <w:pStyle w:val="References"/>
+        <w:rPr>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC6392">
+        <w:rPr>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Arslan, Z., &amp; Korkmaz, İ. (2021, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC6392">
+        <w:t>October</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC6392">
+        <w:rPr>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12–14). Dijital okuryazarlık becerilerinin ölçülmesi üzerine bir çalışma [</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC6392">
+        <w:t>A study on measuring digital literacy skills] [Conference presentation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC6392">
+        <w:rPr>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>]. Ulusal Eğitim Bilimleri Kongresi, Antalya, Türkiye.</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="42884E6A" w14:textId="7099EA3E" w:rsidR="005A4663" w:rsidRPr="006447B9" w:rsidRDefault="005A4663" w:rsidP="005A4663">
       <w:pPr>
         <w:pStyle w:val="References"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006447B9">
-        <w:t>Bialo</w:t>
-[...3 lines deleted...]
-        <w:t>, J. A., &amp; Li, H. (2022). Fairness and comparability in achievement motivation items: A differential item functioning analysis</w:t>
+        <w:t>Bialo, J. A., &amp; Li, H. (2022). Fairness and comparability in achievement motivation items: A differential item functioning analysis</w:t>
       </w:r>
       <w:r w:rsidRPr="006447B9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>. Journal of Psychoeducational Assessment, 40</w:t>
       </w:r>
       <w:r w:rsidRPr="006447B9">
         <w:t xml:space="preserve">(6), 722–743. </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="006447B9">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Kpr"/>
           </w:rPr>
           <w:t>https://doi.org/10.1177/07342829221090113</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="006447B9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12DAEFD7" w14:textId="77777777" w:rsidR="005A4663" w:rsidRPr="006447B9" w:rsidRDefault="005A4663" w:rsidP="005A4663">
+    <w:p w14:paraId="1FB5DCBD" w14:textId="77777777" w:rsidR="00FC6392" w:rsidRDefault="00FC6392" w:rsidP="005A4663">
+      <w:pPr>
+        <w:pStyle w:val="References"/>
+        <w:rPr>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC6392">
+        <w:rPr>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Çelik, M. (2017). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC6392">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>Fen bilgisi öğretmen adaylarının problem çözme stratejileri</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC6392">
+        <w:rPr>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC6392">
+        <w:t>Problem-solving strategies of preservice science teachers] [Unpublished master’s thesis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC6392">
+        <w:rPr>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">]. Hacettepe </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC6392">
+        <w:t>University</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC6392">
+        <w:rPr>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12DAEFD7" w14:textId="3B0A92FE" w:rsidR="005A4663" w:rsidRPr="006447B9" w:rsidRDefault="005A4663" w:rsidP="005A4663">
       <w:pPr>
         <w:pStyle w:val="References"/>
       </w:pPr>
       <w:r w:rsidRPr="006447B9">
         <w:t xml:space="preserve">Carey, B. (2019, March 22). Can we get better at forgetting? </w:t>
       </w:r>
       <w:r w:rsidRPr="006447B9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>The New York Times</w:t>
       </w:r>
       <w:r w:rsidRPr="006447B9">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="006447B9">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Kpr"/>
           </w:rPr>
           <w:t>https://www.nytimes.com/2019/03/22/health/memory-forgetting-psychology.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="006447B9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E1F7F0A" w14:textId="624F331D" w:rsidR="005A4663" w:rsidRPr="006447B9" w:rsidRDefault="005A4663" w:rsidP="005A4663">
       <w:pPr>
         <w:pStyle w:val="References"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006447B9">
-        <w:t>Denovan</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">, N., &amp; Drinkwater, K. (2022). The ego resiliency scale-revised: Confirmatory factor analysis and Rasch models. </w:t>
+        <w:t xml:space="preserve">Denovan, A., Dagnall, N., &amp; Drinkwater, K. (2022). The ego resiliency scale-revised: Confirmatory factor analysis and Rasch models. </w:t>
       </w:r>
       <w:r w:rsidRPr="006447B9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Journal of Psychoeducational Assessment, 40</w:t>
       </w:r>
       <w:r w:rsidRPr="006447B9">
         <w:t xml:space="preserve">(6), 707–721. </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="006447B9">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Kpr"/>
           </w:rPr>
           <w:t>https://doi.org/10.1177/07342829221090117</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="006447B9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4324E418" w14:textId="77777777" w:rsidR="005A4663" w:rsidRPr="006447B9" w:rsidRDefault="005A4663" w:rsidP="005A4663">
       <w:pPr>
         <w:pStyle w:val="References"/>
       </w:pPr>
       <w:r w:rsidRPr="006447B9">
-        <w:t xml:space="preserve">Evans, A. C., Jr., </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">, R. T., &amp; Márquez-Greene, N. (2019, August 8–11). </w:t>
+        <w:t xml:space="preserve">Evans, A. C., Jr., Garbarino, J., Bocanegra, E., Kinscherff, R. T., &amp; Márquez-Greene, N. (2019, August 8–11). </w:t>
       </w:r>
       <w:r w:rsidRPr="006447B9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Gun violence: An event on the power of community</w:t>
       </w:r>
       <w:r w:rsidRPr="006447B9">
         <w:t xml:space="preserve"> [Conference presentation]. APA 2019 Convention, Chicago, IL, United States. </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="006447B9">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Kpr"/>
           </w:rPr>
           <w:t>https://convention.apa.org/2019-video</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="58CDA19A" w14:textId="318D39E5" w:rsidR="005A4663" w:rsidRPr="006447B9" w:rsidRDefault="005A4663" w:rsidP="005A4663">
       <w:pPr>
         <w:pStyle w:val="References"/>
       </w:pPr>
       <w:r w:rsidRPr="006447B9">
-        <w:t xml:space="preserve">Guzmán, F., Barros, J., </w:t>
-[...87 lines deleted...]
-        <w:t xml:space="preserve">]. </w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Guzmán, F., Barros, J., Corti, P., &amp; Pereira, M. (2019). El rito bautismal y las imágenes pintadas en la iglesia de Curahuara de Carangas [The baptismal rite and the images painted in the church of Curahuara de Carangas]. </w:t>
       </w:r>
       <w:r w:rsidRPr="006447B9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Colonial Latin American Review, 28</w:t>
       </w:r>
       <w:r w:rsidRPr="006447B9">
         <w:t xml:space="preserve">(1), 81–105. </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="006447B9">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Kpr"/>
           </w:rPr>
           <w:t>https://doi.org/10.1080/10609164.2019.1585084</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="006447B9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1545ABA6" w14:textId="77777777" w:rsidR="005A4663" w:rsidRPr="006447B9" w:rsidRDefault="005A4663" w:rsidP="005A4663">
       <w:pPr>
         <w:pStyle w:val="References"/>
       </w:pPr>
       <w:r w:rsidRPr="006447B9">
         <w:t xml:space="preserve">Jackson, L. M. (2019). </w:t>
       </w:r>
       <w:r w:rsidRPr="006447B9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>The psychology of prejudice: From attitudes to social action</w:t>
       </w:r>
       <w:r w:rsidRPr="006447B9">
         <w:t xml:space="preserve"> (2nd ed.). American Psychological Association. </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="006447B9">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Kpr"/>
           </w:rPr>
           <w:t>https://doi.org/10.1037/0000168-000</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="006447B9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="276F651D" w14:textId="60DC8C2E" w:rsidR="005A4663" w:rsidRPr="006447B9" w:rsidRDefault="005A4663" w:rsidP="005A4663">
+    <w:p w14:paraId="040A5048" w14:textId="77777777" w:rsidR="00FC6392" w:rsidRDefault="00FC6392" w:rsidP="005A4663">
       <w:pPr>
         <w:pStyle w:val="References"/>
+        <w:rPr>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC6392">
+        <w:rPr>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>Kaya, Ö., &amp; Demir, S. (2020). Öğretmen motivasyonunun temel belirleyicileri [</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC6392">
+        <w:t>Key determinants of teacher motivation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC6392">
+        <w:rPr>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">]. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC6392">
+        <w:t>In</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC6392">
+        <w:rPr>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A. Yıldız (Ed.), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC6392">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>Çağdaş eğitim araştırmaları</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC6392">
+        <w:rPr>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC6392">
+        <w:t>Contemporary educational research] (pp</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC6392">
+        <w:rPr>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>. 45–72). Pegem Akademi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B2EEFED" w14:textId="77777777" w:rsidR="00FC6392" w:rsidRDefault="00FC6392" w:rsidP="005A4663">
+      <w:pPr>
+        <w:pStyle w:val="References"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC6392">
+        <w:rPr>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>Millî Eğitim Bakanlığı [</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC6392">
+        <w:t>Ministry of National Education</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC6392">
+        <w:rPr>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">]. (2018). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC6392">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>Öğretmenlik mesleği genel yeterlikleri</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC6392">
+        <w:rPr>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC6392">
+        <w:t>General competencies for the teaching profession</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC6392">
+        <w:rPr>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">]. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:tgtFrame="_new" w:history="1">
+        <w:r w:rsidRPr="00FC6392">
+          <w:rPr>
+            <w:rStyle w:val="Kpr"/>
+            <w:lang w:val="tr-TR"/>
+          </w:rPr>
+          <w:t>https://www.meb.gov.tr/</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="276F651D" w14:textId="7CFF5A0F" w:rsidR="005A4663" w:rsidRPr="006447B9" w:rsidRDefault="005A4663" w:rsidP="005A4663">
+      <w:pPr>
+        <w:pStyle w:val="References"/>
       </w:pPr>
       <w:r w:rsidRPr="006447B9">
-        <w:lastRenderedPageBreak/>
-[...64 lines deleted...]
-        <w:t xml:space="preserve">, J., . . . Sandler, D. P. (2019). Breast cancer risk after recent childbirth: A pooled analysis of 15 prospective studies. </w:t>
+        <w:t xml:space="preserve">Nichols, H. B., Schoemaker, M. J., Cai, J., Xu, J., Wright, L. B., Brook, M. N., Jones, M. E., Adami, H., Baglietto, L., Bertrand, K. A., Blot, W. J., Boutron-Ruault, M.-C., Dorronsoro, M., Dossus, L., Eliassen, A. H., Giles, G. G., Gram, I. T., Hankinson, S. E., HoffmanBolton, J., . . . Sandler, D. P. (2019). Breast cancer risk after recent childbirth: A pooled analysis of 15 prospective studies. </w:t>
       </w:r>
       <w:r w:rsidRPr="006447B9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Annals of Internal Medicine, 170</w:t>
       </w:r>
       <w:r w:rsidRPr="006447B9">
         <w:t xml:space="preserve">(1), 22–30. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="006447B9">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Kpr"/>
           </w:rPr>
           <w:t>https://doi.org/10.7326/M18-1323</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="006447B9">
         <w:t xml:space="preserve">   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="623A9A56" w14:textId="77777777" w:rsidR="005A4663" w:rsidRPr="006447B9" w:rsidRDefault="005A4663" w:rsidP="005A4663">
       <w:pPr>
         <w:pStyle w:val="References"/>
       </w:pPr>
       <w:r w:rsidRPr="006447B9">
-        <w:t xml:space="preserve">Torino, G. C., Rivera, D. P., </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, C. M., Nadal, K. L., &amp; Sue, D. W. (Eds.). (2019). </w:t>
+        <w:t xml:space="preserve">Torino, G. C., Rivera, D. P., Capodilupo, C. M., Nadal, K. L., &amp; Sue, D. W. (Eds.). (2019). </w:t>
       </w:r>
       <w:r w:rsidRPr="006447B9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Microaggression theory: Influence and implications</w:t>
       </w:r>
       <w:r w:rsidRPr="006447B9">
         <w:t xml:space="preserve">. John Wiley &amp; Sons. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="006447B9">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Kpr"/>
           </w:rPr>
           <w:t>https://doi.org/10.1002/9781119466642</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="006447B9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="395AF450" w14:textId="46783E03" w:rsidR="00232363" w:rsidRPr="006447B9" w:rsidRDefault="00232363" w:rsidP="005A4663">
+    <w:p w14:paraId="49DA950A" w14:textId="77777777" w:rsidR="00FC6392" w:rsidRDefault="00FC6392" w:rsidP="005A4663">
+      <w:pPr>
+        <w:pStyle w:val="References"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC6392">
+        <w:rPr>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>Türkiye İstatistik Kurumu [</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC6392">
+        <w:t>Turkish Statistical Institute</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC6392">
+        <w:rPr>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">]. (2020). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC6392">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>Eğitim istatistikleri veri seti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC6392">
+        <w:rPr>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC6392">
+        <w:t>Education statistics dataset</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC6392">
+        <w:rPr>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">]. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:tgtFrame="_new" w:history="1">
+        <w:r w:rsidRPr="00FC6392">
+          <w:rPr>
+            <w:rStyle w:val="Kpr"/>
+            <w:lang w:val="tr-TR"/>
+          </w:rPr>
+          <w:t>https://data.tuik.gov.tr/</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="395AF450" w14:textId="36F40117" w:rsidR="00232363" w:rsidRPr="006447B9" w:rsidRDefault="00232363" w:rsidP="005A4663">
       <w:pPr>
         <w:pStyle w:val="References"/>
       </w:pPr>
       <w:r w:rsidRPr="006447B9">
         <w:t xml:space="preserve">Watkins, D. (1989). The role of confirmatory factor analysis in cross-cultural research. </w:t>
       </w:r>
       <w:r w:rsidRPr="006447B9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>International Journal of Psychology</w:t>
       </w:r>
       <w:r w:rsidRPr="006447B9">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="006447B9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>24</w:t>
       </w:r>
       <w:r w:rsidRPr="006447B9">
         <w:t xml:space="preserve">, 685–701. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidRPr="006447B9">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Kpr"/>
           </w:rPr>
           <w:t>https://doi.org/10.1080/00207598908247839</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="006447B9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68397E27" w14:textId="77777777" w:rsidR="005A4663" w:rsidRPr="006447B9" w:rsidRDefault="005A4663" w:rsidP="005A4663">
+    <w:p w14:paraId="5216608A" w14:textId="77777777" w:rsidR="00FC6392" w:rsidRDefault="00FC6392" w:rsidP="005A4663">
+      <w:pPr>
+        <w:pStyle w:val="References"/>
+        <w:rPr>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC6392">
+        <w:rPr>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Yılmaz, H. (2018). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC6392">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>Eğitim psikolojisine giriş</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC6392">
+        <w:rPr>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC6392">
+        <w:t>Introduction to educational psychology</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC6392">
+        <w:rPr>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>]. Anı Yayıncılık.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68397E27" w14:textId="33CCC7B6" w:rsidR="005A4663" w:rsidRPr="006447B9" w:rsidRDefault="005A4663" w:rsidP="005A4663">
       <w:pPr>
         <w:pStyle w:val="References"/>
       </w:pPr>
       <w:r w:rsidRPr="006447B9">
         <w:t xml:space="preserve">Zaragoza, K. (2005). </w:t>
       </w:r>
       <w:r w:rsidRPr="006447B9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>A moral psychology of blame</w:t>
       </w:r>
       <w:r w:rsidRPr="006447B9">
         <w:t xml:space="preserve"> [Unpublished doctoral dissertation]. Princeton University.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DEFDF85" w14:textId="77777777" w:rsidR="005A4663" w:rsidRPr="006447B9" w:rsidRDefault="005A4663" w:rsidP="005A4663">
       <w:pPr>
         <w:pStyle w:val="References"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="308D25E8" w14:textId="77777777" w:rsidR="00E74ABD" w:rsidRPr="006447B9" w:rsidRDefault="00E74ABD" w:rsidP="0055397C">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00E74ABD" w:rsidRPr="006447B9" w:rsidSect="008C580C">
-      <w:headerReference w:type="default" r:id="rId20"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId23"/>
+      <w:headerReference w:type="default" r:id="rId22"/>
+      <w:footerReference w:type="even" r:id="rId23"/>
+      <w:footerReference w:type="default" r:id="rId24"/>
+      <w:footerReference w:type="first" r:id="rId25"/>
       <w:footnotePr>
         <w:numFmt w:val="chicago"/>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="33CD75B0" w14:textId="77777777" w:rsidR="00A0285D" w:rsidRDefault="00A0285D" w:rsidP="00D22AE4">
+    <w:p w14:paraId="1365D63E" w14:textId="77777777" w:rsidR="00FF0D3E" w:rsidRDefault="00FF0D3E" w:rsidP="00D22AE4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="72446DF2" w14:textId="77777777" w:rsidR="00A0285D" w:rsidRDefault="00A0285D" w:rsidP="00D22AE4">
+    <w:p w14:paraId="4832CEDF" w14:textId="77777777" w:rsidR="00FF0D3E" w:rsidRDefault="00FF0D3E" w:rsidP="00D22AE4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="A2"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -2101,202 +2136,202 @@
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="43E7C318" w14:textId="77777777" w:rsidR="009D6531" w:rsidRDefault="009D6531" w:rsidP="008C580C">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="AltBilgi"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00410CE0">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>8</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4795600A" w14:textId="77777777" w:rsidR="009D6531" w:rsidRDefault="009D6531">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="AltBilgi"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00410CE0">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>9</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="48923055" w14:textId="77777777" w:rsidR="009D6531" w:rsidRDefault="009D6531">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="AltBilgi"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="75CA8B37" w14:textId="77777777" w:rsidR="009D6531" w:rsidRDefault="009D6531">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="AltBilgi"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00410CE0">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="764BAA39" w14:textId="77777777" w:rsidR="009D6531" w:rsidRDefault="009D6531">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="AltBilgi"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="317A9D18" w14:textId="77777777" w:rsidR="00A0285D" w:rsidRDefault="00A0285D" w:rsidP="00D22AE4">
+    <w:p w14:paraId="3CF5F1A9" w14:textId="77777777" w:rsidR="00FF0D3E" w:rsidRDefault="00FF0D3E" w:rsidP="00D22AE4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="62C8B389" w14:textId="77777777" w:rsidR="00A0285D" w:rsidRDefault="00A0285D" w:rsidP="00D22AE4">
+    <w:p w14:paraId="604D911E" w14:textId="77777777" w:rsidR="00FF0D3E" w:rsidRDefault="00FF0D3E" w:rsidP="00D22AE4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5895C124" w14:textId="77777777" w:rsidR="009D6531" w:rsidRPr="00A44805" w:rsidRDefault="009D6531" w:rsidP="00A44805">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="stBilgi"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03AA4025"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="207A711E"/>
     <w:lvl w:ilvl="0" w:tplc="041F000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -4887,86 +4922,86 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...2 lines deleted...]
-  <w:attachedTemplate r:id="rId1"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:removePersonalInformation/>
+  <w:removeDateAndTime/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:numFmt w:val="chicago"/>
     <w:numRestart w:val="eachPage"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
-    <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDYyM7CwtDQ3NzewMDUwMDZU0lEKTi0uzszPAykwrQUA/ZR8+SwAAAA="/>
+    <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDYyM7CwtDQ3NzewMDUwMDZU0lEKTi0uzszPAymwqAUAsOrSTCwAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00B769CA"/>
     <w:rsid w:val="0000090D"/>
     <w:rsid w:val="00004270"/>
     <w:rsid w:val="00004327"/>
     <w:rsid w:val="00007264"/>
     <w:rsid w:val="0001049D"/>
     <w:rsid w:val="00013099"/>
     <w:rsid w:val="000136AE"/>
     <w:rsid w:val="0001426D"/>
     <w:rsid w:val="000149CD"/>
     <w:rsid w:val="0001557B"/>
     <w:rsid w:val="0001780C"/>
     <w:rsid w:val="00022169"/>
     <w:rsid w:val="00022294"/>
     <w:rsid w:val="00023682"/>
     <w:rsid w:val="00026818"/>
     <w:rsid w:val="00030364"/>
     <w:rsid w:val="00032C07"/>
     <w:rsid w:val="00035271"/>
     <w:rsid w:val="00035AB8"/>
     <w:rsid w:val="00036D73"/>
     <w:rsid w:val="00036E50"/>
     <w:rsid w:val="000376BE"/>
@@ -5149,139 +5184,143 @@
     <w:rsid w:val="002B4B65"/>
     <w:rsid w:val="002B739C"/>
     <w:rsid w:val="002B798C"/>
     <w:rsid w:val="002C01A6"/>
     <w:rsid w:val="002C0822"/>
     <w:rsid w:val="002C1172"/>
     <w:rsid w:val="002C297F"/>
     <w:rsid w:val="002C353D"/>
     <w:rsid w:val="002C456F"/>
     <w:rsid w:val="002C4BB7"/>
     <w:rsid w:val="002D410C"/>
     <w:rsid w:val="002D63D9"/>
     <w:rsid w:val="002E1EE5"/>
     <w:rsid w:val="002E3371"/>
     <w:rsid w:val="002E46F0"/>
     <w:rsid w:val="002E4BFA"/>
     <w:rsid w:val="002E6ED1"/>
     <w:rsid w:val="002F3AEC"/>
     <w:rsid w:val="002F5409"/>
     <w:rsid w:val="00301FE9"/>
     <w:rsid w:val="00305371"/>
     <w:rsid w:val="00306062"/>
     <w:rsid w:val="00307BE8"/>
     <w:rsid w:val="003134DD"/>
     <w:rsid w:val="0031487D"/>
+    <w:rsid w:val="003161D9"/>
     <w:rsid w:val="00317023"/>
     <w:rsid w:val="0032043D"/>
     <w:rsid w:val="00322451"/>
     <w:rsid w:val="00323771"/>
     <w:rsid w:val="00324DDB"/>
     <w:rsid w:val="00325902"/>
     <w:rsid w:val="00333EB5"/>
     <w:rsid w:val="003366BA"/>
     <w:rsid w:val="0033763E"/>
     <w:rsid w:val="00342277"/>
     <w:rsid w:val="0034285E"/>
     <w:rsid w:val="00342999"/>
     <w:rsid w:val="00342DBA"/>
     <w:rsid w:val="0034549E"/>
     <w:rsid w:val="0034576F"/>
     <w:rsid w:val="003469B9"/>
     <w:rsid w:val="00347E31"/>
     <w:rsid w:val="003535EF"/>
     <w:rsid w:val="00356C9F"/>
     <w:rsid w:val="00360DF5"/>
     <w:rsid w:val="003617C6"/>
     <w:rsid w:val="00365FDB"/>
     <w:rsid w:val="00371013"/>
     <w:rsid w:val="003714D7"/>
     <w:rsid w:val="003716F4"/>
     <w:rsid w:val="00371E66"/>
     <w:rsid w:val="003729B3"/>
     <w:rsid w:val="00376AB3"/>
     <w:rsid w:val="00376AEE"/>
     <w:rsid w:val="0037704C"/>
     <w:rsid w:val="00377B6C"/>
     <w:rsid w:val="00381B34"/>
     <w:rsid w:val="00382901"/>
     <w:rsid w:val="00384406"/>
     <w:rsid w:val="00391087"/>
     <w:rsid w:val="00392CA7"/>
     <w:rsid w:val="003943B8"/>
+    <w:rsid w:val="0039531E"/>
     <w:rsid w:val="003957FB"/>
     <w:rsid w:val="00397D8C"/>
     <w:rsid w:val="003A05CA"/>
     <w:rsid w:val="003A2A8F"/>
     <w:rsid w:val="003A3381"/>
     <w:rsid w:val="003A4F85"/>
     <w:rsid w:val="003A5693"/>
     <w:rsid w:val="003B1D55"/>
     <w:rsid w:val="003B2B5F"/>
     <w:rsid w:val="003B4F6E"/>
     <w:rsid w:val="003B5654"/>
     <w:rsid w:val="003B6DA6"/>
     <w:rsid w:val="003B7B7C"/>
     <w:rsid w:val="003B7E12"/>
     <w:rsid w:val="003C0189"/>
     <w:rsid w:val="003C1ACC"/>
     <w:rsid w:val="003C1C77"/>
     <w:rsid w:val="003C1D43"/>
     <w:rsid w:val="003C1FF5"/>
+    <w:rsid w:val="003C3D25"/>
     <w:rsid w:val="003C4395"/>
     <w:rsid w:val="003C540E"/>
     <w:rsid w:val="003C6F51"/>
     <w:rsid w:val="003C7633"/>
     <w:rsid w:val="003D7030"/>
     <w:rsid w:val="003E13EC"/>
     <w:rsid w:val="003E2808"/>
     <w:rsid w:val="003E39CE"/>
     <w:rsid w:val="003F07A7"/>
     <w:rsid w:val="003F2A28"/>
     <w:rsid w:val="003F4520"/>
     <w:rsid w:val="00404492"/>
     <w:rsid w:val="00404C02"/>
     <w:rsid w:val="004054A7"/>
     <w:rsid w:val="004063D1"/>
     <w:rsid w:val="004069B1"/>
     <w:rsid w:val="00410CE0"/>
     <w:rsid w:val="004125BF"/>
     <w:rsid w:val="00413E67"/>
     <w:rsid w:val="004161A8"/>
     <w:rsid w:val="0042038B"/>
     <w:rsid w:val="004206BD"/>
     <w:rsid w:val="00424FC8"/>
     <w:rsid w:val="00433E1B"/>
     <w:rsid w:val="00435A06"/>
     <w:rsid w:val="0044044F"/>
     <w:rsid w:val="004441E2"/>
     <w:rsid w:val="0044482B"/>
     <w:rsid w:val="00445918"/>
     <w:rsid w:val="0044663F"/>
     <w:rsid w:val="004467F0"/>
     <w:rsid w:val="00447E8F"/>
     <w:rsid w:val="00451EE2"/>
+    <w:rsid w:val="00455B5F"/>
     <w:rsid w:val="0045687B"/>
     <w:rsid w:val="00456EB2"/>
     <w:rsid w:val="00457C4B"/>
     <w:rsid w:val="004677D8"/>
     <w:rsid w:val="00467E8C"/>
     <w:rsid w:val="0047064D"/>
     <w:rsid w:val="00471034"/>
     <w:rsid w:val="00471D49"/>
     <w:rsid w:val="004724C5"/>
     <w:rsid w:val="004733CC"/>
     <w:rsid w:val="00473805"/>
     <w:rsid w:val="00474E85"/>
     <w:rsid w:val="00475450"/>
     <w:rsid w:val="004810B4"/>
     <w:rsid w:val="00481564"/>
     <w:rsid w:val="00486A8F"/>
     <w:rsid w:val="004878CC"/>
     <w:rsid w:val="004906E0"/>
     <w:rsid w:val="004925F8"/>
     <w:rsid w:val="00495DE2"/>
     <w:rsid w:val="004961D5"/>
     <w:rsid w:val="0049739D"/>
     <w:rsid w:val="004A0946"/>
     <w:rsid w:val="004A1FAE"/>
     <w:rsid w:val="004A3B17"/>
@@ -5941,72 +5980,74 @@
     <w:rsid w:val="00C709F9"/>
     <w:rsid w:val="00C71519"/>
     <w:rsid w:val="00C72D25"/>
     <w:rsid w:val="00C734AA"/>
     <w:rsid w:val="00C77BD6"/>
     <w:rsid w:val="00C80F3E"/>
     <w:rsid w:val="00C817EE"/>
     <w:rsid w:val="00C81DA7"/>
     <w:rsid w:val="00C8461F"/>
     <w:rsid w:val="00C903D4"/>
     <w:rsid w:val="00C91B6B"/>
     <w:rsid w:val="00C927AD"/>
     <w:rsid w:val="00C928EE"/>
     <w:rsid w:val="00C940D0"/>
     <w:rsid w:val="00C947D8"/>
     <w:rsid w:val="00CA0387"/>
     <w:rsid w:val="00CA17C7"/>
     <w:rsid w:val="00CA1986"/>
     <w:rsid w:val="00CA20A4"/>
     <w:rsid w:val="00CA2874"/>
     <w:rsid w:val="00CA3BEC"/>
     <w:rsid w:val="00CA481C"/>
     <w:rsid w:val="00CA70AD"/>
     <w:rsid w:val="00CA746E"/>
     <w:rsid w:val="00CB23AA"/>
+    <w:rsid w:val="00CB2823"/>
     <w:rsid w:val="00CB61D6"/>
     <w:rsid w:val="00CC0144"/>
     <w:rsid w:val="00CC30F8"/>
     <w:rsid w:val="00CC6910"/>
     <w:rsid w:val="00CC745A"/>
     <w:rsid w:val="00CC7F9A"/>
     <w:rsid w:val="00CD6C1C"/>
     <w:rsid w:val="00CE523D"/>
     <w:rsid w:val="00CE5735"/>
     <w:rsid w:val="00CE5D96"/>
     <w:rsid w:val="00CF1CB5"/>
     <w:rsid w:val="00CF20FD"/>
     <w:rsid w:val="00CF313C"/>
     <w:rsid w:val="00CF3AF8"/>
     <w:rsid w:val="00CF4CDB"/>
     <w:rsid w:val="00CF5569"/>
     <w:rsid w:val="00CF698E"/>
     <w:rsid w:val="00CF6F19"/>
     <w:rsid w:val="00CF78B2"/>
     <w:rsid w:val="00D0098B"/>
     <w:rsid w:val="00D034F0"/>
     <w:rsid w:val="00D045FE"/>
+    <w:rsid w:val="00D052DF"/>
     <w:rsid w:val="00D10865"/>
     <w:rsid w:val="00D167D5"/>
     <w:rsid w:val="00D20342"/>
     <w:rsid w:val="00D2262D"/>
     <w:rsid w:val="00D22AE4"/>
     <w:rsid w:val="00D2362D"/>
     <w:rsid w:val="00D24F8A"/>
     <w:rsid w:val="00D2575C"/>
     <w:rsid w:val="00D25951"/>
     <w:rsid w:val="00D264D2"/>
     <w:rsid w:val="00D27DEC"/>
     <w:rsid w:val="00D27ECA"/>
     <w:rsid w:val="00D3088B"/>
     <w:rsid w:val="00D321BE"/>
     <w:rsid w:val="00D33627"/>
     <w:rsid w:val="00D33707"/>
     <w:rsid w:val="00D33832"/>
     <w:rsid w:val="00D3745F"/>
     <w:rsid w:val="00D41A61"/>
     <w:rsid w:val="00D42FB1"/>
     <w:rsid w:val="00D43C7C"/>
     <w:rsid w:val="00D46D71"/>
     <w:rsid w:val="00D5036C"/>
     <w:rsid w:val="00D53FF5"/>
     <w:rsid w:val="00D561DB"/>
@@ -6065,50 +6106,51 @@
     <w:rsid w:val="00DF70D6"/>
     <w:rsid w:val="00DF7635"/>
     <w:rsid w:val="00E03A31"/>
     <w:rsid w:val="00E06F11"/>
     <w:rsid w:val="00E11063"/>
     <w:rsid w:val="00E11070"/>
     <w:rsid w:val="00E11382"/>
     <w:rsid w:val="00E114A7"/>
     <w:rsid w:val="00E116A1"/>
     <w:rsid w:val="00E14EA6"/>
     <w:rsid w:val="00E1776C"/>
     <w:rsid w:val="00E17E7E"/>
     <w:rsid w:val="00E2086D"/>
     <w:rsid w:val="00E21296"/>
     <w:rsid w:val="00E21E27"/>
     <w:rsid w:val="00E24118"/>
     <w:rsid w:val="00E25C7E"/>
     <w:rsid w:val="00E27495"/>
     <w:rsid w:val="00E309BE"/>
     <w:rsid w:val="00E31199"/>
     <w:rsid w:val="00E336DE"/>
     <w:rsid w:val="00E40DB4"/>
     <w:rsid w:val="00E4132F"/>
     <w:rsid w:val="00E4243F"/>
     <w:rsid w:val="00E43196"/>
+    <w:rsid w:val="00E45EC0"/>
     <w:rsid w:val="00E47D3E"/>
     <w:rsid w:val="00E501C6"/>
     <w:rsid w:val="00E505A0"/>
     <w:rsid w:val="00E5124D"/>
     <w:rsid w:val="00E51257"/>
     <w:rsid w:val="00E53C38"/>
     <w:rsid w:val="00E554AA"/>
     <w:rsid w:val="00E6020E"/>
     <w:rsid w:val="00E613EA"/>
     <w:rsid w:val="00E620CE"/>
     <w:rsid w:val="00E64BC8"/>
     <w:rsid w:val="00E66EFD"/>
     <w:rsid w:val="00E70115"/>
     <w:rsid w:val="00E72875"/>
     <w:rsid w:val="00E74ABD"/>
     <w:rsid w:val="00E80C25"/>
     <w:rsid w:val="00E815A9"/>
     <w:rsid w:val="00E82C52"/>
     <w:rsid w:val="00E8395D"/>
     <w:rsid w:val="00E856D3"/>
     <w:rsid w:val="00E920AB"/>
     <w:rsid w:val="00E93A18"/>
     <w:rsid w:val="00E94148"/>
     <w:rsid w:val="00E95C0E"/>
     <w:rsid w:val="00E97797"/>
@@ -6169,98 +6211,99 @@
     <w:rsid w:val="00F671C9"/>
     <w:rsid w:val="00F71CCD"/>
     <w:rsid w:val="00F71FFD"/>
     <w:rsid w:val="00F72634"/>
     <w:rsid w:val="00F74A95"/>
     <w:rsid w:val="00F754C2"/>
     <w:rsid w:val="00F761AC"/>
     <w:rsid w:val="00F7712F"/>
     <w:rsid w:val="00F821D3"/>
     <w:rsid w:val="00F84E86"/>
     <w:rsid w:val="00F8539A"/>
     <w:rsid w:val="00F857B4"/>
     <w:rsid w:val="00F87306"/>
     <w:rsid w:val="00F878B2"/>
     <w:rsid w:val="00F87BE9"/>
     <w:rsid w:val="00F9027C"/>
     <w:rsid w:val="00F911CE"/>
     <w:rsid w:val="00F97D45"/>
     <w:rsid w:val="00FA5916"/>
     <w:rsid w:val="00FA5F6F"/>
     <w:rsid w:val="00FA6C03"/>
     <w:rsid w:val="00FB4C5C"/>
     <w:rsid w:val="00FB6756"/>
     <w:rsid w:val="00FC28B6"/>
     <w:rsid w:val="00FC4372"/>
+    <w:rsid w:val="00FC6392"/>
     <w:rsid w:val="00FC72BF"/>
     <w:rsid w:val="00FC795B"/>
     <w:rsid w:val="00FD0D1B"/>
     <w:rsid w:val="00FD2622"/>
     <w:rsid w:val="00FD41DA"/>
     <w:rsid w:val="00FD55D5"/>
     <w:rsid w:val="00FE3A51"/>
     <w:rsid w:val="00FE57FA"/>
     <w:rsid w:val="00FE6072"/>
     <w:rsid w:val="00FE62E4"/>
     <w:rsid w:val="00FF0039"/>
     <w:rsid w:val="00FF0166"/>
+    <w:rsid w:val="00FF0D3E"/>
     <w:rsid w:val="00FF2652"/>
     <w:rsid w:val="00FF2F98"/>
     <w:rsid w:val="00FF4DB6"/>
     <w:rsid w:val="00FF53AE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="38F1DD20"/>
-  <w15:docId w15:val="{D85C9997-8768-4DAC-94B8-8DA51DEFF38E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="0"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6612,504 +6655,504 @@
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:rsid w:val="00B837E8"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="Balk1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Article Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading1Char"/>
+    <w:link w:val="Balk1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00151985"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="120" w:after="240"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  <w:style w:type="paragraph" w:styleId="Balk2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="000E75B5"/>
     <w:pPr>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading3">
+  <w:style w:type="paragraph" w:styleId="Balk3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading3Char"/>
+    <w:link w:val="Balk3Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="0055397C"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
-    <w:name w:val="Heading 1 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk1Char">
+    <w:name w:val="Başlık 1 Char"/>
     <w:aliases w:val="Article Title Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading1"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00151985"/>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Palatino Linotype" w:cstheme="majorBidi"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
+  <w:style w:type="table" w:styleId="TabloKlavuzu">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="NormalTablo"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="002E3371"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="FootnoteText">
+  <w:style w:type="paragraph" w:styleId="DipnotMetni">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="FootnoteTextChar"/>
+    <w:link w:val="DipnotMetniChar"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D22AE4"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
-[...2 lines deleted...]
-    <w:link w:val="FootnoteText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DipnotMetniChar">
+    <w:name w:val="Dipnot Metni Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="DipnotMetni"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00D22AE4"/>
   </w:style>
-  <w:style w:type="character" w:styleId="FootnoteReference">
+  <w:style w:type="character" w:styleId="DipnotBavurusu">
     <w:name w:val="footnote reference"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D22AE4"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="stBilgi">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
+    <w:link w:val="stBilgiChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007D4E4C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
-[...2 lines deleted...]
-    <w:link w:val="Header"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="stBilgiChar">
+    <w:name w:val="Üst Bilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="stBilgi"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="007D4E4C"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="AltBilgi">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
+    <w:link w:val="AltBilgiChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007D4E4C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-[...2 lines deleted...]
-    <w:link w:val="Footer"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AltBilgiChar">
+    <w:name w:val="Alt Bilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="AltBilgi"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="007D4E4C"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText">
+  <w:style w:type="paragraph" w:styleId="GvdeMetni">
     <w:name w:val="Body Text"/>
     <w:aliases w:val="Özet Metin"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BodyTextChar"/>
+    <w:link w:val="GvdeMetniChar"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00AC7F13"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
-    <w:name w:val="Body Text Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="GvdeMetniChar">
+    <w:name w:val="Gövde Metni Char"/>
     <w:aliases w:val="Özet Metin Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="BodyText"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="GvdeMetni"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00AC7F13"/>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
+  <w:style w:type="character" w:styleId="Kpr">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BC740E"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="ListeParagraf">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00DD4915"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TabloKlavuzu7">
     <w:name w:val="Tablo Kılavuzu7"/>
-    <w:basedOn w:val="TableNormal"/>
-    <w:next w:val="TableGrid"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:next w:val="TabloKlavuzu"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="001539EC"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TabloKlavuzu8">
     <w:name w:val="Tablo Kılavuzu8"/>
-    <w:basedOn w:val="TableNormal"/>
-    <w:next w:val="TableGrid"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:next w:val="TabloKlavuzu"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="001539EC"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TabloKlavuzu1">
     <w:name w:val="Tablo Kılavuzu1"/>
-    <w:basedOn w:val="TableNormal"/>
-    <w:next w:val="TableGrid"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:next w:val="TabloKlavuzu"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="001539EC"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TabloKlavuzu2">
     <w:name w:val="Tablo Kılavuzu2"/>
-    <w:basedOn w:val="TableNormal"/>
-    <w:next w:val="TableGrid"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:next w:val="TabloKlavuzu"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="001539EC"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TabloKlavuzu3">
     <w:name w:val="Tablo Kılavuzu3"/>
-    <w:basedOn w:val="TableNormal"/>
-    <w:next w:val="TableGrid"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:next w:val="TabloKlavuzu"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="001539EC"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TabloKlavuzu4">
     <w:name w:val="Tablo Kılavuzu4"/>
-    <w:basedOn w:val="TableNormal"/>
-    <w:next w:val="TableGrid"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:next w:val="TabloKlavuzu"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="001539EC"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TabloKlavuzu5">
     <w:name w:val="Tablo Kılavuzu5"/>
-    <w:basedOn w:val="TableNormal"/>
-    <w:next w:val="TableGrid"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:next w:val="TabloKlavuzu"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="001539EC"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TabloKlavuzu6">
     <w:name w:val="Tablo Kılavuzu6"/>
-    <w:basedOn w:val="TableNormal"/>
-    <w:next w:val="TableGrid"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:next w:val="TabloKlavuzu"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="001539EC"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentReference">
+  <w:style w:type="character" w:styleId="AklamaBavurusu">
     <w:name w:val="annotation reference"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009F708D"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="paraf">
     <w:name w:val="paraf"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00723B6B"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="AkKlavuz-Vurgu11">
     <w:name w:val="Açık Kılavuz - Vurgu 11"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="NormalTablo"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00723B6B"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:beforeLines="0" w:beforeAutospacing="0" w:afterLines="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi" w:hint="eastAsia"/>
         <w:b/>
@@ -7189,169 +7232,169 @@
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
     <w:name w:val="apple-converted-space"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:rsid w:val="00723B6B"/>
   </w:style>
-  <w:style w:type="character" w:styleId="Emphasis">
+  <w:style w:type="character" w:styleId="Vurgu">
     <w:name w:val="Emphasis"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:uiPriority w:val="20"/>
     <w:rsid w:val="00723B6B"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="00551E21"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Stil1">
     <w:name w:val="Stil1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="NormalTablo"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00214F43"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentText">
+  <w:style w:type="paragraph" w:styleId="AklamaMetni">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="CommentTextChar"/>
+    <w:link w:val="AklamaMetniChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006D32B0"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
-[...2 lines deleted...]
-    <w:link w:val="CommentText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AklamaMetniChar">
+    <w:name w:val="Açıklama Metni Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="AklamaMetni"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006D32B0"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentSubject">
+  <w:style w:type="paragraph" w:styleId="AklamaKonusu">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="CommentText"/>
-[...1 lines deleted...]
-    <w:link w:val="CommentSubjectChar"/>
+    <w:basedOn w:val="AklamaMetni"/>
+    <w:next w:val="AklamaMetni"/>
+    <w:link w:val="AklamaKonusuChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006D32B0"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
-[...2 lines deleted...]
-    <w:link w:val="CommentSubject"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AklamaKonusuChar">
+    <w:name w:val="Açıklama Konusu Char"/>
+    <w:basedOn w:val="AklamaMetniChar"/>
+    <w:link w:val="AklamaKonusu"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006D32B0"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
+  <w:style w:type="paragraph" w:styleId="BalonMetni">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar"/>
+    <w:link w:val="BalonMetniChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006D32B0"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
-[...2 lines deleted...]
-    <w:link w:val="BalloonText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalonMetniChar">
+    <w:name w:val="Balon Metni Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="BalonMetni"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006D32B0"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk3Char">
+    <w:name w:val="Başlık 3 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="0055397C"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Abstract">
     <w:name w:val="Abstract"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="AbstractChar"/>
     <w:qFormat/>
     <w:rsid w:val="006447B9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:before="119"/>
       <w:ind w:left="709" w:right="709"/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
@@ -7363,298 +7406,298 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="HeadingOne">
     <w:name w:val="Heading One"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeadingOneChar"/>
     <w:qFormat/>
     <w:rsid w:val="006447B9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:before="240" w:after="240"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
       <w:b/>
       <w:bCs/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="AbstractChar">
     <w:name w:val="Abstract Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="Abstract"/>
     <w:rsid w:val="006447B9"/>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
       <w:sz w:val="19"/>
       <w:szCs w:val="19"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ArticleText">
     <w:name w:val="Article Text"/>
-    <w:basedOn w:val="BodyText"/>
+    <w:basedOn w:val="GvdeMetni"/>
     <w:link w:val="ArticleTextChar"/>
     <w:qFormat/>
     <w:rsid w:val="006447B9"/>
     <w:pPr>
       <w:spacing w:before="200" w:after="200" w:line="250" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeadingOneChar">
     <w:name w:val="Heading One Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="HeadingOne"/>
     <w:rsid w:val="006447B9"/>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="HeadingTwo">
     <w:name w:val="Heading Two"/>
-    <w:basedOn w:val="BodyText"/>
+    <w:basedOn w:val="GvdeMetni"/>
     <w:link w:val="HeadingTwoChar"/>
     <w:qFormat/>
     <w:rsid w:val="006447B9"/>
     <w:pPr>
       <w:spacing w:before="200" w:after="120" w:line="250" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ArticleTextChar">
     <w:name w:val="Article Text Char"/>
-    <w:basedOn w:val="BodyTextChar"/>
+    <w:basedOn w:val="GvdeMetniChar"/>
     <w:link w:val="ArticleText"/>
     <w:rsid w:val="006447B9"/>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="HeadingThree">
     <w:name w:val="Heading Three"/>
-    <w:basedOn w:val="BodyText"/>
+    <w:basedOn w:val="GvdeMetni"/>
     <w:link w:val="HeadingThreeChar"/>
     <w:qFormat/>
     <w:rsid w:val="006447B9"/>
     <w:pPr>
       <w:spacing w:before="205" w:line="249" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeadingTwoChar">
     <w:name w:val="Heading Two Char"/>
-    <w:basedOn w:val="BodyTextChar"/>
+    <w:basedOn w:val="GvdeMetniChar"/>
     <w:link w:val="HeadingTwo"/>
     <w:rsid w:val="006447B9"/>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
       <w:b/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableTitle">
     <w:name w:val="Table Title"/>
-    <w:basedOn w:val="BodyText"/>
+    <w:basedOn w:val="GvdeMetni"/>
     <w:link w:val="TableTitleChar"/>
     <w:qFormat/>
     <w:rsid w:val="006447B9"/>
     <w:pPr>
       <w:spacing w:before="120" w:line="250" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeadingThreeChar">
     <w:name w:val="Heading Three Char"/>
-    <w:basedOn w:val="BodyTextChar"/>
+    <w:basedOn w:val="GvdeMetniChar"/>
     <w:link w:val="HeadingThree"/>
     <w:rsid w:val="006447B9"/>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
       <w:b/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableContent">
     <w:name w:val="Table Content"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TableContentChar"/>
     <w:qFormat/>
     <w:rsid w:val="006447B9"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TableTitleChar">
     <w:name w:val="Table Title Char"/>
-    <w:basedOn w:val="BodyTextChar"/>
+    <w:basedOn w:val="GvdeMetniChar"/>
     <w:link w:val="TableTitle"/>
     <w:rsid w:val="006447B9"/>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ekilBal">
     <w:name w:val="Şekil Başlığı"/>
     <w:basedOn w:val="TableTitle"/>
     <w:link w:val="ekilBalChar"/>
     <w:rsid w:val="000842F6"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TableContentChar">
     <w:name w:val="Table Content Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="TableContent"/>
     <w:rsid w:val="006447B9"/>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
       <w:bCs/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ekilerii">
     <w:name w:val="Şekil İçeriği"/>
     <w:basedOn w:val="TableContent"/>
     <w:link w:val="ekileriiChar"/>
     <w:rsid w:val="00382901"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ekilBalChar">
     <w:name w:val="Şekil Başlığı Char"/>
     <w:basedOn w:val="TableTitleChar"/>
     <w:link w:val="ekilBal"/>
     <w:rsid w:val="000842F6"/>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TabloNotu">
     <w:name w:val="Tablo Notu"/>
-    <w:basedOn w:val="BodyText"/>
+    <w:basedOn w:val="GvdeMetni"/>
     <w:link w:val="TabloNotuChar"/>
     <w:rsid w:val="003C1FF5"/>
     <w:pPr>
       <w:spacing w:line="250" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="tr-TR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ekileriiChar">
     <w:name w:val="Şekil İçeriği Char"/>
     <w:basedOn w:val="TableContentChar"/>
     <w:link w:val="ekilerii"/>
     <w:rsid w:val="00382901"/>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
       <w:bCs/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DirectQuotation">
     <w:name w:val="Direct Quotation"/>
     <w:basedOn w:val="Abstract"/>
     <w:link w:val="DirectQuotationChar"/>
     <w:qFormat/>
     <w:rsid w:val="006447B9"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TabloNotuChar">
     <w:name w:val="Tablo Notu Char"/>
-    <w:basedOn w:val="BodyTextChar"/>
+    <w:basedOn w:val="GvdeMetniChar"/>
     <w:link w:val="TabloNotu"/>
     <w:rsid w:val="003C1FF5"/>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="UnresolvedMention">
+  <w:style w:type="character" w:styleId="zmlenmeyenBahsetme">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00471034"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="DirectQuotationChar">
     <w:name w:val="Direct Quotation Char"/>
     <w:basedOn w:val="AbstractChar"/>
     <w:link w:val="DirectQuotation"/>
     <w:rsid w:val="006447B9"/>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
       <w:sz w:val="19"/>
       <w:szCs w:val="19"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="References">
     <w:name w:val="References"/>
     <w:basedOn w:val="TableContent"/>
     <w:link w:val="ReferencesChar"/>
@@ -7691,88 +7734,84 @@
     <w:rsid w:val="006447B9"/>
     <w:rPr>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TableNotesChar">
     <w:name w:val="Table Notes Char"/>
     <w:basedOn w:val="TabloNotuChar"/>
     <w:link w:val="TableNotes"/>
     <w:rsid w:val="006447B9"/>
     <w:rPr>
       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2071078016">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1177/07342829221090117" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/9781119466642" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nytimes.com/2019/03/22/health/memory-forgetting-psychology.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7326/M18-1323" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1037/0000168-000" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1177/07342829221090113" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/10609164.2019.1585084" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1037/0000120-016" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00207598908247839" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.xxxxxxxxx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://convention.apa.org/2019-video" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\ASUS\Desktop\UTEB%20-%20MAKALE%20&#350;ABLONU.dotx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1177/07342829221090117" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7326/M18-1323" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00207598908247839" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nytimes.com/2019/03/22/health/memory-forgetting-psychology.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.meb.gov.tr/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1037/0000168-000" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.tuik.gov.tr/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1177/07342829221090113" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/10609164.2019.1585084" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1037/0000120-016" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/9781119466642" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.xxxxxxxxx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://convention.apa.org/2019-video" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="Kitap1" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
-  <c:lang val="en-US"/>
+  <c:lang val="tr-TR"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="101"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="1"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout/>
       <c:barChart>
         <c:barDir val="bar"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:invertIfNegative val="0"/>
           <c:dLbls>
             <c:dLbl>
               <c:idx val="0"/>
               <c:tx>
@@ -8274,77 +8313,56 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0C53CCE3-0FF5-43F0-9EAB-3B9C20E06E7F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>UTEB - MAKALE ŞABLONU</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>795</Words>
-  <Characters>4537</Characters>
+  <Words>956</Words>
+  <Characters>5450</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>37</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>45</Lines>
+  <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...20 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5322</CharactersWithSpaces>
+  <CharactersWithSpaces>6394</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
-  <dc:creator>Anonim</dc:creator>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dc:subject/>
+  <dc:creator/>
+  <cp:keywords/>
+  <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>