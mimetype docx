--- v0 (2025-10-16)
+++ v1 (2025-12-03)
@@ -1,61 +1,60 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TabloKlavuzu"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="1165"/>
       </w:tblGrid>
       <w:tr w:rsidR="005504DB" w14:paraId="45FACD9F" w14:textId="77777777" w:rsidTr="000F279A">
         <w:trPr>
@@ -1521,61 +1520,51 @@
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Koç, K., &amp; Şahin, O</w:t>
             </w:r>
             <w:r w:rsidRPr="00E12AA8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Arial" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Arial" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">(2024). </w:t>
+              <w:t xml:space="preserve"> (2024). </w:t>
             </w:r>
             <w:r w:rsidRPr="00E12AA8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Arial" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Makale </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E12AA8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Arial" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>başlığı</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
@@ -2438,60 +2427,52 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="7FB1AD64" w14:textId="008C45CA" w:rsidR="009E6E48" w:rsidRPr="00AB7344" w:rsidRDefault="00E12AA8" w:rsidP="000F279A">
             <w:pPr>
               <w:pStyle w:val="Abstract"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Anahtar</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> Kelimeler</w:t>
+            </w:r>
             <w:r w:rsidR="009E6E48" w:rsidRPr="00AB7344">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="5E55CB0A" w14:textId="77777777" w:rsidR="009E6E48" w:rsidRPr="00AB7344" w:rsidRDefault="009E6E48" w:rsidP="000F279A">
             <w:pPr>
               <w:pStyle w:val="Abstract"/>
               <w:ind w:firstLine="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0BED182F" w14:textId="77777777" w:rsidR="00DD167D" w:rsidRPr="005761FD" w:rsidRDefault="00DD167D" w:rsidP="005504DB">
       <w:pPr>
         <w:rPr>
@@ -2861,51 +2842,51 @@
     <w:p w14:paraId="33820C22" w14:textId="77777777" w:rsidR="00E12AA8" w:rsidRDefault="00E12AA8" w:rsidP="00541502">
       <w:pPr>
         <w:pStyle w:val="Balk1"/>
         <w:rPr>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TabloKlavuzu"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5244"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E12AA8" w:rsidRPr="00296A2E" w14:paraId="1088607F" w14:textId="77777777" w:rsidTr="009F3E85">
+      <w:tr w:rsidR="00E12AA8" w:rsidRPr="001641EA" w14:paraId="1088607F" w14:textId="77777777" w:rsidTr="009F3E85">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5244" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="16A72FA1" w14:textId="73D4D09D" w:rsidR="009F3E85" w:rsidRPr="00E12AA8" w:rsidRDefault="009F3E85" w:rsidP="00F02895">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Arial" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="tr-TR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F3E85">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Arial" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="231F20"/>
@@ -2944,139 +2925,196 @@
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Arial" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="tr-TR"/>
               </w:rPr>
               <w:t>Yazar Katkıları:</w:t>
             </w:r>
             <w:r w:rsidRPr="00E12AA8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Arial" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:iCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="tr-TR"/>
               </w:rPr>
               <w:t xml:space="preserve"> Fikir-*; Tasarım-*; Denetleme-*; Kaynaklar-*; Veri Toplanması ve/veya İşlemesi*; Analiz ve/ veya Yorum-*; Literatür Taraması-*; Yazıyı Yazan-*; Eleştirel İnceleme-*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E12AA8" w:rsidRPr="00296A2E" w14:paraId="7DF814AB" w14:textId="77777777" w:rsidTr="009F3E85">
+      <w:tr w:rsidR="00E12AA8" w:rsidRPr="001641EA" w14:paraId="7DF814AB" w14:textId="77777777" w:rsidTr="009F3E85">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5244" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4CDE0F26" w14:textId="77777777" w:rsidR="00E12AA8" w:rsidRPr="00E12AA8" w:rsidRDefault="00E12AA8" w:rsidP="00F02895">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="tr-TR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E12AA8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Arial" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="tr-TR"/>
               </w:rPr>
               <w:t xml:space="preserve">Çıkar Çatışması: </w:t>
             </w:r>
             <w:r w:rsidRPr="00E12AA8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Arial" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:iCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="tr-TR"/>
               </w:rPr>
               <w:t>Yazarlar, çıkar çatışması olmadığını beyan etmiştir.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E12AA8" w:rsidRPr="00296A2E" w14:paraId="2F83E948" w14:textId="77777777" w:rsidTr="009F3E85">
+      <w:tr w:rsidR="00E12AA8" w:rsidRPr="001641EA" w14:paraId="2F83E948" w14:textId="77777777" w:rsidTr="009F3E85">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5244" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="313DEB98" w14:textId="77777777" w:rsidR="00E12AA8" w:rsidRPr="00E12AA8" w:rsidRDefault="00E12AA8" w:rsidP="00F02895">
+          <w:p w14:paraId="184559B9" w14:textId="77777777" w:rsidR="00E12AA8" w:rsidRDefault="00E12AA8" w:rsidP="00F02895">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:eastAsia="Arial" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+                <w:iCs/>
+                <w:color w:val="231F20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E12AA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:eastAsia="Arial" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:color w:val="231F20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Finansal Destek: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E12AA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:eastAsia="Arial" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+                <w:iCs/>
+                <w:color w:val="231F20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t>Yazarlar, bu çalışma için finansal destek almadığını beyan etmiştir.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="313DEB98" w14:textId="1FE9ED47" w:rsidR="001641EA" w:rsidRPr="00E12AA8" w:rsidRDefault="001641EA" w:rsidP="00F02895">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="tr-TR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E12AA8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri Light" w:eastAsia="Arial" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+            <w:r w:rsidRPr="001641EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
-                <w:color w:val="231F20"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="16"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Calibri Light" w:eastAsia="Arial" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yapay </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001641EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+                <w:b/>
+                <w:bCs/>
                 <w:iCs/>
-                <w:color w:val="231F20"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="16"/>
-[...2 lines deleted...]
-              <w:t>Yazarlar, bu çalışma için finansal destek almadığını beyan etmiştir.</w:t>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t>Zeka</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001641EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Kullanımı: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001641EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t>XXXXXX</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E12AA8" w:rsidRPr="00296A2E" w14:paraId="7B16ECE3" w14:textId="77777777" w:rsidTr="009F3E85">
+      <w:tr w:rsidR="00E12AA8" w:rsidRPr="001641EA" w14:paraId="7B16ECE3" w14:textId="77777777" w:rsidTr="009F3E85">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5244" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7299386F" w14:textId="77777777" w:rsidR="00E12AA8" w:rsidRPr="000C7C81" w:rsidRDefault="00E12AA8" w:rsidP="00F02895">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="tr-TR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E12AA8" w:rsidRPr="000C7C81" w14:paraId="198183B8" w14:textId="77777777" w:rsidTr="009F3E85">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5244" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1E21C6E5" w14:textId="588B2EF7" w:rsidR="009F3E85" w:rsidRPr="00E12AA8" w:rsidRDefault="009F3E85" w:rsidP="00F02895">
@@ -3093,82 +3131,82 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E12AA8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Arial" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Peer-review</w:t>
             </w:r>
             <w:r w:rsidRPr="00E12AA8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Arial" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:iCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>: Externally peer-reviewed.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="398AB654" w14:textId="44654413" w:rsidR="00E12AA8" w:rsidRPr="00E12AA8" w:rsidRDefault="00E12AA8" w:rsidP="00F02895">
+          <w:p w14:paraId="398AB654" w14:textId="002A4780" w:rsidR="00E12AA8" w:rsidRPr="00E12AA8" w:rsidRDefault="00E12AA8" w:rsidP="00F02895">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E12AA8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Arial" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Author Contributions: </w:t>
             </w:r>
             <w:r w:rsidRPr="00E12AA8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Arial" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:iCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Concept -*; Design-*; Supervision-*; Resources-*; Data Collection and/or Processing-*; Analysis and/or Interpretation-*; Literature Search-*; Writing Manuscript-*; Critical Review-*; Other-*</w:t>
+              <w:t>Concept -*; Design-*; Supervision-*; Resources-*; Data Collection and/or Processing-*; Analysis and/or Interpretation-*; Literature Search-*; Writing Manuscript-*; Critical Review-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E12AA8" w:rsidRPr="000C7C81" w14:paraId="6708AD97" w14:textId="77777777" w:rsidTr="009F3E85">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5244" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="51989E95" w14:textId="77777777" w:rsidR="00E12AA8" w:rsidRPr="00E12AA8" w:rsidRDefault="00E12AA8" w:rsidP="00F02895">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E12AA8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Arial" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
@@ -3178,82 +3216,112 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Conflict of Interest: </w:t>
             </w:r>
             <w:r w:rsidRPr="00E12AA8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Arial" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:iCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>The authors have no conflicts of interest to declare.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E12AA8" w:rsidRPr="000C7C81" w14:paraId="20E84934" w14:textId="77777777" w:rsidTr="009F3E85">
         <w:trPr>
           <w:trHeight w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5244" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52F87689" w14:textId="77777777" w:rsidR="00E12AA8" w:rsidRPr="00E12AA8" w:rsidRDefault="00E12AA8" w:rsidP="00F02895">
+          <w:p w14:paraId="00D28F9F" w14:textId="77777777" w:rsidR="00E12AA8" w:rsidRDefault="00E12AA8" w:rsidP="00F02895">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:eastAsia="Arial" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+                <w:iCs/>
+                <w:color w:val="231F20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E12AA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:eastAsia="Arial" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:color w:val="231F20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Financial Disclosure: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E12AA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:eastAsia="Arial" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+                <w:iCs/>
+                <w:color w:val="231F20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>The authors declared that this study has received no financial support.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52F87689" w14:textId="367741C1" w:rsidR="001641EA" w:rsidRPr="00E12AA8" w:rsidRDefault="001641EA" w:rsidP="00F02895">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E12AA8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri Light" w:eastAsia="Arial" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+            <w:r w:rsidRPr="001641EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
-                <w:color w:val="231F20"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="16"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Calibri Light" w:eastAsia="Arial" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Use of Artificial Intelligence: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001641EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:iCs/>
-                <w:color w:val="231F20"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="16"/>
-[...1 lines deleted...]
-              <w:t>The authors declared that this study has received no financial support.</w:t>
+              </w:rPr>
+              <w:t>XXXXXX</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="025CE0E6" w14:textId="77777777" w:rsidR="00E12AA8" w:rsidRPr="00E12AA8" w:rsidRDefault="00E12AA8" w:rsidP="00541502">
       <w:pPr>
         <w:pStyle w:val="Balk1"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3C0DA993" w14:textId="3F221A65" w:rsidR="00541502" w:rsidRPr="00B81335" w:rsidRDefault="00C33D2D" w:rsidP="00C33D2D">
       <w:pPr>
         <w:pStyle w:val="Balk1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>References</w:t>
       </w:r>
     </w:p>
@@ -3392,215 +3460,191 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2C190F55" w14:textId="77777777" w:rsidR="00F20ACD" w:rsidRDefault="00F20ACD" w:rsidP="00E12AA8">
       <w:pPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="231F20"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00F20ACD" w:rsidSect="00F439B5">
       <w:headerReference w:type="even" r:id="rId17"/>
       <w:headerReference w:type="default" r:id="rId18"/>
       <w:pgSz w:w="12242" w:h="15842" w:code="1"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="567" w:header="284" w:footer="488" w:gutter="0"/>
       <w:cols w:num="2" w:space="567"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4ACA878E" w14:textId="77777777" w:rsidR="00F439B5" w:rsidRDefault="00F439B5">
+    <w:p w14:paraId="78302C13" w14:textId="77777777" w:rsidR="00E031BC" w:rsidRDefault="00E031BC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7D4C37F5" w14:textId="77777777" w:rsidR="00F439B5" w:rsidRDefault="00F439B5">
+    <w:p w14:paraId="0B296C37" w14:textId="77777777" w:rsidR="00E031BC" w:rsidRDefault="00E031BC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aestetico Light">
-    <w:altName w:val="Aestetico Light"/>
+    <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="28E32EF1" w14:textId="77777777" w:rsidR="00296A2E" w:rsidRPr="00296A2E" w:rsidRDefault="00296A2E" w:rsidP="00296A2E">
     <w:pPr>
       <w:pStyle w:val="AltBilgi"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:color w:val="FF0000"/>
       </w:rPr>
     </w:pPr>
-    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="00296A2E">
       <w:rPr>
         <w:b/>
         <w:i/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="18"/>
         <w:lang w:val="tr-TR"/>
       </w:rPr>
-      <w:t>Journal</w:t>
-[...10 lines deleted...]
-      <w:t xml:space="preserve"> of Atatürk</w:t>
+      <w:t>Journal of Atatürk</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="30B8A0EF" w14:textId="14695B60" w:rsidR="007E2A9B" w:rsidRPr="00296A2E" w:rsidRDefault="007E2A9B" w:rsidP="00296A2E">
     <w:pPr>
       <w:pStyle w:val="AltBilgi"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2484892A" w14:textId="094A52F6" w:rsidR="007E2A9B" w:rsidRPr="00296A2E" w:rsidRDefault="00296A2E" w:rsidP="00BE7A1C">
     <w:pPr>
       <w:pStyle w:val="AltBilgi"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="FF0000"/>
       </w:rPr>
     </w:pPr>
-    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="00296A2E">
       <w:rPr>
         <w:b/>
         <w:i/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="18"/>
         <w:lang w:val="tr-TR"/>
       </w:rPr>
-      <w:t>Journal</w:t>
-[...10 lines deleted...]
-      <w:t xml:space="preserve"> of Atatürk</w:t>
+      <w:t>Journal of Atatürk</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0E5848EC" w14:textId="77777777" w:rsidR="00F439B5" w:rsidRDefault="00F439B5">
+    <w:p w14:paraId="436C9540" w14:textId="77777777" w:rsidR="00E031BC" w:rsidRDefault="00E031BC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="491620EF" w14:textId="77777777" w:rsidR="00F439B5" w:rsidRDefault="00F439B5">
+    <w:p w14:paraId="0ECBD0AC" w14:textId="77777777" w:rsidR="00E031BC" w:rsidRDefault="00E031BC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1912383814"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="166620A9" w14:textId="77777777" w:rsidR="00EA5F3F" w:rsidRPr="000F279A" w:rsidRDefault="00EA5F3F">
         <w:pPr>
           <w:pStyle w:val="stBilgi"/>
           <w:jc w:val="right"/>
           <w:rPr>
             <w:b/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="000F279A">
           <w:rPr>
             <w:b/>
@@ -3704,66 +3748,66 @@
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="79EC119B" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
               <v:path arrowok="t" fillok="f" o:connecttype="none"/>
               <o:lock v:ext="edit" shapetype="t"/>
             </v:shapetype>
             <v:shape id="AutoShape 29" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:2.2pt;margin-top:7.7pt;width:551.55pt;height:0;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBbhdYcNQIAAHMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMGO2jAQvVfqP1i+QxIaWIgIq1UCvWy7&#10;SLv9AGM7xKpjW7YhoKr/3rEDaGkvVVUOZjyeefNm/Jzl46mT6MitE1qVOBunGHFFNRNqX+Jvb5vR&#10;HCPniWJEasVLfOYOP64+flj2puAT3WrJuEUAolzRmxK33psiSRxteUfcWBuu4LDRtiMetnafMEt6&#10;QO9kMknTWdJry4zVlDsH3no4xKuI3zSc+pemcdwjWWLg5uNq47oLa7JakmJviWkFvdAg/8CiI0JB&#10;0RtUTTxBByv+gOoEtdrpxo+p7hLdNILy2AN0k6W/dfPaEsNjLzAcZ25jcv8Pln49bi0SrMQ5Rop0&#10;cEVPB69jZTRZhPn0xhUQVqmtDR3Sk3o1z5p+d0jpqiVqz2P029lAchYykruUsHEGquz6L5pBDIEC&#10;cVinxnYBEsaATvFOzrc74SePKDgf0jSfzacY0etZQoprorHOf+a6Q8EosfOWiH3rK60U3Ly2WSxD&#10;js/OB1qkuCaEqkpvhJRRAFKhvsSL6WQaE5yWgoXDEBalyCtp0ZGAiPxpEmPkoYNuBl+Wht+gJfCD&#10;4gZ/dEHVG0TkcIdu9UGxyKHlhK0vtidCDjZkSxVowDygi4s1SOvHIl2s5+t5Psons/UoT+t69LSp&#10;8tFskz1M6091VdXZz8A2y4tWMMZVaOoq8yz/OxldHtwg0JvQb9NL7tFji0D2+h9JR0EEDQxq2ml2&#10;3tqrUEDZMfjyCsPTeb8H+/23YvULAAD//wMAUEsDBBQABgAIAAAAIQABxKZv2gAAAAgBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcWFq0ja00nRBoYlcGvWeNaSoSp22yrfx7PHGA&#10;k+X3np4/l5vJO3HCMXaBFOSzDARSE0xHrYKP9+3dCkRMmox2gVDBN0bYVNdXpS5MONMbnvapFVxC&#10;sdAKbEp9IWVsLHodZ6FHYu8zjF4nXsdWmlGfudw7eZ9lS+l1R3zB6h6fLTZf+6NXUEtc992wpWFo&#10;6t3y1da7l9wpdXszPT2CSDilvzBc8BkdKmY6hCOZKJyC+ZyDLC94Xuw8e1iAOPwqsirl/weqHwAA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBbhdYcNQIAAHMEAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQABxKZv2gAAAAgBAAAPAAAAAAAAAAAAAAAA&#10;AI8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAlgUAAAAA&#10;" strokecolor="#1f497d [3215]"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="385C9C83" w14:textId="77777777" w:rsidR="005F7D56" w:rsidRDefault="005F7D56">
     <w:pPr>
       <w:pStyle w:val="stBilgi"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="53ED31EB" w14:textId="77777777" w:rsidR="007E2A9B" w:rsidRDefault="007E2A9B">
     <w:pPr>
       <w:pStyle w:val="stBilgi"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:b/>
         <w:color w:val="1F497D" w:themeColor="text2"/>
       </w:rPr>
       <w:id w:val="1199126090"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:tbl>
         <w:tblPr>
           <w:tblStyle w:val="TabloKlavuzu"/>
           <w:tblW w:w="11057" w:type="dxa"/>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
@@ -3849,51 +3893,51 @@
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="1F497D" w:themeColor="text2"/>
                 </w:rPr>
               </w:pPr>
             </w:p>
           </w:tc>
         </w:tr>
       </w:tbl>
       <w:p w14:paraId="56C1C368" w14:textId="6549E7BF" w:rsidR="002907F4" w:rsidRPr="007E2A9B" w:rsidRDefault="00000000" w:rsidP="007E2A9B">
         <w:pPr>
           <w:pStyle w:val="stBilgi"/>
           <w:jc w:val="left"/>
           <w:rPr>
             <w:b/>
             <w:color w:val="1F497D" w:themeColor="text2"/>
           </w:rPr>
         </w:pPr>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:b/>
         <w:color w:val="1F497D" w:themeColor="text2"/>
       </w:rPr>
       <w:id w:val="386226028"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:tbl>
         <w:tblPr>
           <w:tblStyle w:val="TabloKlavuzu"/>
           <w:tblW w:w="0" w:type="auto"/>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
@@ -3977,51 +4021,51 @@
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="1F497D" w:themeColor="text2"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="end"/>
               </w:r>
             </w:p>
           </w:tc>
         </w:tr>
       </w:tbl>
       <w:p w14:paraId="3A23D414" w14:textId="77777777" w:rsidR="002907F4" w:rsidRPr="007E2A9B" w:rsidRDefault="00000000" w:rsidP="007E2A9B">
         <w:pPr>
           <w:pStyle w:val="stBilgi"/>
           <w:rPr>
             <w:b/>
             <w:color w:val="1F497D" w:themeColor="text2"/>
           </w:rPr>
         </w:pPr>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2ADA3819"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="99CEF406"/>
     <w:lvl w:ilvl="0" w:tplc="25F45B30">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:hanging="368"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:color w:val="231F20"/>
         <w:w w:val="72"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="C9F436CE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
@@ -4078,98 +4122,99 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="C0F04C38">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1075787025">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="de-DE" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="fr-FR" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="tr-TR" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="fr-FR" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="284"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DD167D"/>
     <w:rsid w:val="0004646B"/>
     <w:rsid w:val="00057E13"/>
     <w:rsid w:val="000C7C81"/>
     <w:rsid w:val="000D6DD9"/>
     <w:rsid w:val="000F279A"/>
     <w:rsid w:val="001010DE"/>
+    <w:rsid w:val="001641EA"/>
     <w:rsid w:val="001B4640"/>
     <w:rsid w:val="001C257C"/>
     <w:rsid w:val="001D0B7C"/>
+    <w:rsid w:val="001D4A74"/>
     <w:rsid w:val="00213271"/>
     <w:rsid w:val="00247884"/>
     <w:rsid w:val="002505DF"/>
     <w:rsid w:val="002907F4"/>
     <w:rsid w:val="00296A2E"/>
     <w:rsid w:val="003302B2"/>
     <w:rsid w:val="00341641"/>
     <w:rsid w:val="0038105A"/>
     <w:rsid w:val="003C6C06"/>
     <w:rsid w:val="003E5BEC"/>
     <w:rsid w:val="00450DAF"/>
     <w:rsid w:val="004B4110"/>
     <w:rsid w:val="004C57BC"/>
     <w:rsid w:val="004D1BC5"/>
     <w:rsid w:val="004D2692"/>
     <w:rsid w:val="005272D7"/>
     <w:rsid w:val="00541502"/>
     <w:rsid w:val="00543FF5"/>
     <w:rsid w:val="005454EA"/>
     <w:rsid w:val="005504DB"/>
     <w:rsid w:val="005761FD"/>
     <w:rsid w:val="005C003F"/>
     <w:rsid w:val="005F123A"/>
     <w:rsid w:val="005F7D56"/>
     <w:rsid w:val="0061087D"/>
@@ -4180,87 +4225,88 @@
     <w:rsid w:val="00750B0E"/>
     <w:rsid w:val="007B1C48"/>
     <w:rsid w:val="007B23C7"/>
     <w:rsid w:val="007E0F8E"/>
     <w:rsid w:val="007E1E73"/>
     <w:rsid w:val="007E2A9B"/>
     <w:rsid w:val="00844672"/>
     <w:rsid w:val="008C6608"/>
     <w:rsid w:val="00963283"/>
     <w:rsid w:val="00987D88"/>
     <w:rsid w:val="009B5D9C"/>
     <w:rsid w:val="009E6E48"/>
     <w:rsid w:val="009F3E85"/>
     <w:rsid w:val="00A47330"/>
     <w:rsid w:val="00B81335"/>
     <w:rsid w:val="00BA15AB"/>
     <w:rsid w:val="00BE7A1C"/>
     <w:rsid w:val="00C07982"/>
     <w:rsid w:val="00C33D2D"/>
     <w:rsid w:val="00C352EC"/>
     <w:rsid w:val="00C561C4"/>
     <w:rsid w:val="00CF2F22"/>
     <w:rsid w:val="00D15F3A"/>
     <w:rsid w:val="00D4737C"/>
     <w:rsid w:val="00DD167D"/>
+    <w:rsid w:val="00E031BC"/>
     <w:rsid w:val="00E12AA8"/>
     <w:rsid w:val="00E63FAC"/>
     <w:rsid w:val="00EA5F3F"/>
     <w:rsid w:val="00EC40A7"/>
     <w:rsid w:val="00F20ACD"/>
     <w:rsid w:val="00F439B5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="484E1772"/>
   <w15:docId w15:val="{965E24D0-1A06-4E67-97CC-B328E15D8BCF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4976,51 +5022,51 @@
     <w:rsid w:val="009E6E48"/>
     <w:pPr>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KonuBalEngTitleChar">
     <w:name w:val="Konu Başlığı (Eng Title) Char"/>
     <w:basedOn w:val="zetChar"/>
     <w:link w:val="KonuBalEngTitle"/>
     <w:rsid w:val="009E6E48"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Aestetico Light"/>
       <w:spacing w:val="-4"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="18"/>
       <w:lang w:val="tr-TR"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto1.wdp"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
@@ -5290,75 +5336,75 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{90CE03BE-79A0-4258-ABDC-1BE24764FDFA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>262</Words>
-  <Characters>1496</Characters>
+  <Words>271</Words>
+  <Characters>1545</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>12</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1755</CharactersWithSpaces>
+  <CharactersWithSpaces>1813</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>MacPro</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2022-05-25T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="LastSaved">
     <vt:filetime>2023-04-06T00:00:00Z</vt:filetime>
   </property>
 </Properties>