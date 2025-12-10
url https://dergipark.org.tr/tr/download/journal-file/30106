--- v0 (2025-10-16)
+++ v1 (2025-12-10)
@@ -879,51 +879,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="TabloKlavuzu"/>
               <w:tblpPr w:leftFromText="142" w:rightFromText="142" w:horzAnchor="margin" w:tblpYSpec="bottom"/>
               <w:tblOverlap w:val="never"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblBorders>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:tblBorders>
               <w:tblCellMar>
                 <w:left w:w="28" w:type="dxa"/>
                 <w:right w:w="28" w:type="dxa"/>
               </w:tblCellMar>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
-              <w:gridCol w:w="1699"/>
+              <w:gridCol w:w="1709"/>
             </w:tblGrid>
             <w:tr w:rsidR="004201E8" w:rsidRPr="00EA1800" w14:paraId="3DD1B3C6" w14:textId="77777777" w:rsidTr="00344DCA">
               <w:trPr>
                 <w:trHeight w:val="209"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1831" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w14:paraId="46A38F29" w14:textId="77777777" w:rsidR="004201E8" w:rsidRPr="00EA1800" w:rsidRDefault="004201E8" w:rsidP="004201E8">
                   <w:pPr>
                     <w:ind w:firstLine="0"/>
                     <w:jc w:val="left"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Calibri Light" w:eastAsia="Arial" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                       <w:b/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="tr-TR"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00EA1800">
                     <w:rPr>
                       <w:rFonts w:ascii="Calibri Light" w:eastAsia="Arial" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                       <w:b/>
@@ -3121,56 +3121,56 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Subtitles</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TabloKlavuzu"/>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="1471" w:tblpY="555"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5244"/>
+        <w:gridCol w:w="9498"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007213BA" w:rsidRPr="006A6C14" w14:paraId="6B436EED" w14:textId="77777777" w:rsidTr="007213BA">
+      <w:tr w:rsidR="007213BA" w:rsidRPr="00B423D9" w14:paraId="6B436EED" w14:textId="77777777" w:rsidTr="00B423D9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5244" w:type="dxa"/>
+            <w:tcW w:w="9498" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5A1DF929" w14:textId="77777777" w:rsidR="007213BA" w:rsidRPr="00E12AA8" w:rsidRDefault="007213BA" w:rsidP="007213BA">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Arial" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="tr-TR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F3E85">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Arial" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="tr-TR"/>
@@ -3206,316 +3206,403 @@
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Arial" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="tr-TR"/>
               </w:rPr>
               <w:t>Yazar Katkıları:</w:t>
             </w:r>
             <w:r w:rsidRPr="00E12AA8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Arial" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:iCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="tr-TR"/>
               </w:rPr>
               <w:t xml:space="preserve"> Fikir-*; Tasarım-*; Denetleme-*; Kaynaklar-*; Veri Toplanması ve/veya İşlemesi*; Analiz ve/ veya Yorum-*; Literatür Taraması-*; Yazıyı Yazan-*; Eleştirel İnceleme-*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007213BA" w:rsidRPr="006A6C14" w14:paraId="3D363EA9" w14:textId="77777777" w:rsidTr="007213BA">
+      <w:tr w:rsidR="007213BA" w:rsidRPr="00B423D9" w14:paraId="3D363EA9" w14:textId="77777777" w:rsidTr="00B423D9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5244" w:type="dxa"/>
+            <w:tcW w:w="9498" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="15035DE8" w14:textId="77777777" w:rsidR="007213BA" w:rsidRPr="00E12AA8" w:rsidRDefault="007213BA" w:rsidP="007213BA">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="tr-TR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E12AA8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Arial" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="tr-TR"/>
               </w:rPr>
               <w:t xml:space="preserve">Çıkar Çatışması: </w:t>
             </w:r>
             <w:r w:rsidRPr="00E12AA8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Arial" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:iCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="tr-TR"/>
               </w:rPr>
               <w:t>Yazarlar, çıkar çatışması olmadığını beyan etmiştir.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007213BA" w:rsidRPr="00B86CCB" w14:paraId="7E470A41" w14:textId="77777777" w:rsidTr="007213BA">
+      <w:tr w:rsidR="007213BA" w:rsidRPr="00B86CCB" w14:paraId="7E470A41" w14:textId="77777777" w:rsidTr="00B423D9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5244" w:type="dxa"/>
+            <w:tcW w:w="9498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="650EA7C5" w14:textId="77777777" w:rsidR="007213BA" w:rsidRPr="00E12AA8" w:rsidRDefault="007213BA" w:rsidP="007213BA">
+          <w:p w14:paraId="55CCAAD2" w14:textId="77777777" w:rsidR="007213BA" w:rsidRDefault="007213BA" w:rsidP="007213BA">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:eastAsia="Arial" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+                <w:iCs/>
+                <w:color w:val="231F20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E12AA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:eastAsia="Arial" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:color w:val="231F20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Finansal Destek: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E12AA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:eastAsia="Arial" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+                <w:iCs/>
+                <w:color w:val="231F20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t>Yazarlar, bu çalışma için finansal destek almadığını beyan etmiştir.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="650EA7C5" w14:textId="06E8AFFB" w:rsidR="00B423D9" w:rsidRPr="00E12AA8" w:rsidRDefault="00B423D9" w:rsidP="007213BA">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="tr-TR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E12AA8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri Light" w:eastAsia="Arial" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+            <w:r w:rsidRPr="00B423D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
-                <w:color w:val="231F20"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="16"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Calibri Light" w:eastAsia="Arial" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yapay </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B423D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+                <w:b/>
+                <w:bCs/>
                 <w:iCs/>
-                <w:color w:val="231F20"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="16"/>
-[...2 lines deleted...]
-              <w:t>Yazarlar, bu çalışma için finansal destek almadığını beyan etmiştir.</w:t>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t>Zeka</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B423D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Kullanımı: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B423D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="tr-TR"/>
+              </w:rPr>
+              <w:t>XXXXXX</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007213BA" w:rsidRPr="00B86CCB" w14:paraId="5D55ACBF" w14:textId="77777777" w:rsidTr="007213BA">
+      <w:tr w:rsidR="007213BA" w:rsidRPr="00B86CCB" w14:paraId="5D55ACBF" w14:textId="77777777" w:rsidTr="00B423D9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5244" w:type="dxa"/>
+            <w:tcW w:w="9498" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="066149B7" w14:textId="77777777" w:rsidR="007213BA" w:rsidRPr="000C7C81" w:rsidRDefault="007213BA" w:rsidP="007213BA">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="tr-TR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007213BA" w:rsidRPr="000C7C81" w14:paraId="5AA87179" w14:textId="77777777" w:rsidTr="007213BA">
+      <w:tr w:rsidR="007213BA" w:rsidRPr="000C7C81" w14:paraId="5AA87179" w14:textId="77777777" w:rsidTr="00B423D9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5244" w:type="dxa"/>
+            <w:tcW w:w="9498" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3AD10F3A" w14:textId="77777777" w:rsidR="007213BA" w:rsidRPr="00E12AA8" w:rsidRDefault="007213BA" w:rsidP="007213BA">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Arial" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E12AA8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Arial" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Peer-review</w:t>
             </w:r>
             <w:r w:rsidRPr="00E12AA8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Arial" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:iCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>: Externally peer-reviewed.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0141F6DF" w14:textId="77777777" w:rsidR="007213BA" w:rsidRPr="00E12AA8" w:rsidRDefault="007213BA" w:rsidP="007213BA">
+          <w:p w14:paraId="0141F6DF" w14:textId="1909435F" w:rsidR="007213BA" w:rsidRPr="00E12AA8" w:rsidRDefault="007213BA" w:rsidP="007213BA">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E12AA8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Arial" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Author Contributions: </w:t>
             </w:r>
             <w:r w:rsidRPr="00E12AA8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Arial" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:iCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Concept -*; Design-*; Supervision-*; Resources-*; Data Collection and/or Processing-*; Analysis and/or Interpretation-*; Literature Search-*; Writing Manuscript-*; Critical Review-*; Other-*</w:t>
+              <w:t>Concept -*; Design-*; Supervision-*; Resources-*; Data Collection and/or Processing-*; Analysis and/or Interpretation-*; Literature Search-*; Writing Manuscript-*; Critical Review-*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007213BA" w:rsidRPr="000C7C81" w14:paraId="67DAD18E" w14:textId="77777777" w:rsidTr="007213BA">
+      <w:tr w:rsidR="007213BA" w:rsidRPr="000C7C81" w14:paraId="67DAD18E" w14:textId="77777777" w:rsidTr="00B423D9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5244" w:type="dxa"/>
+            <w:tcW w:w="9498" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0B160C19" w14:textId="77777777" w:rsidR="007213BA" w:rsidRPr="00E12AA8" w:rsidRDefault="007213BA" w:rsidP="007213BA">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E12AA8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Arial" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Conflict of Interest: </w:t>
             </w:r>
             <w:r w:rsidRPr="00E12AA8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Arial" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:iCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>The authors have no conflicts of interest to declare.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007213BA" w:rsidRPr="000C7C81" w14:paraId="0DD1D9C8" w14:textId="77777777" w:rsidTr="007213BA">
+      <w:tr w:rsidR="007213BA" w:rsidRPr="000C7C81" w14:paraId="0DD1D9C8" w14:textId="77777777" w:rsidTr="00B423D9">
         <w:trPr>
           <w:trHeight w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5244" w:type="dxa"/>
+            <w:tcW w:w="9498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50A61073" w14:textId="77777777" w:rsidR="007213BA" w:rsidRPr="00E12AA8" w:rsidRDefault="007213BA" w:rsidP="007213BA">
+          <w:p w14:paraId="4C7EE09B" w14:textId="77777777" w:rsidR="007213BA" w:rsidRDefault="007213BA" w:rsidP="007213BA">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:eastAsia="Arial" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+                <w:iCs/>
+                <w:color w:val="231F20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E12AA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:eastAsia="Arial" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:color w:val="231F20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Financial Disclosure: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E12AA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:eastAsia="Arial" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+                <w:iCs/>
+                <w:color w:val="231F20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>The authors declared that this study has received no financial support.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50A61073" w14:textId="6D6E4633" w:rsidR="00B423D9" w:rsidRPr="00E12AA8" w:rsidRDefault="00B423D9" w:rsidP="007213BA">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E12AA8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri Light" w:eastAsia="Arial" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+            <w:r w:rsidRPr="00B423D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
-                <w:color w:val="231F20"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="16"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Calibri Light" w:eastAsia="Arial" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Use of Artificial Intelligence: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B423D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:iCs/>
-                <w:color w:val="231F20"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="16"/>
-[...1 lines deleted...]
-              <w:t>The authors declared that this study has received no financial support.</w:t>
+              </w:rPr>
+              <w:t>XXXXXX</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6AC99C52" w14:textId="77777777" w:rsidR="00E12AA8" w:rsidRDefault="00E12AA8" w:rsidP="000D6DD9">
       <w:pPr>
         <w:pStyle w:val="Balk1"/>
         <w:rPr>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3B3BAC95" w14:textId="77777777" w:rsidR="00E12AA8" w:rsidRDefault="00E12AA8" w:rsidP="000D6DD9">
       <w:pPr>
         <w:pStyle w:val="Balk1"/>
         <w:rPr>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="14D37161" w14:textId="77777777" w:rsidR="00E12AA8" w:rsidRDefault="00E12AA8" w:rsidP="000D6DD9">
       <w:pPr>
         <w:pStyle w:val="Balk1"/>
         <w:rPr>
@@ -3620,156 +3707,134 @@
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                                      </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="006A48DB" w:rsidSect="000F2B82">
       <w:headerReference w:type="even" r:id="rId17"/>
       <w:headerReference w:type="default" r:id="rId18"/>
       <w:pgSz w:w="12242" w:h="15842" w:code="1"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="567" w:header="284" w:footer="488" w:gutter="0"/>
       <w:cols w:space="567"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2E78404B" w14:textId="77777777" w:rsidR="00A448B1" w:rsidRDefault="00A448B1">
+    <w:p w14:paraId="0709A43B" w14:textId="77777777" w:rsidR="006433E8" w:rsidRDefault="006433E8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0A07371E" w14:textId="77777777" w:rsidR="00A448B1" w:rsidRDefault="00A448B1">
+    <w:p w14:paraId="263B75C6" w14:textId="77777777" w:rsidR="006433E8" w:rsidRDefault="006433E8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aestetico Light">
-    <w:altName w:val="Calibri"/>
+    <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="54284C49" w14:textId="77777777" w:rsidR="000C3A89" w:rsidRPr="00B86CCB" w:rsidRDefault="000C3A89" w:rsidP="00B86CCB">
     <w:pPr>
       <w:pStyle w:val="AltBilgi"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00B86CCB">
       <w:rPr>
         <w:b/>
         <w:i/>
         <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:lang w:val="tr-TR"/>
       </w:rPr>
-      <w:t xml:space="preserve">A </w:t>
-[...21 lines deleted...]
-      <w:t xml:space="preserve"> of </w:t>
+      <w:t xml:space="preserve">A Journal of </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="00B86CCB">
       <w:rPr>
         <w:b/>
         <w:i/>
         <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:lang w:val="tr-TR"/>
       </w:rPr>
       <w:t>Iranology</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00B86CCB">
       <w:rPr>
         <w:b/>
         <w:i/>
         <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:lang w:val="tr-TR"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="00B86CCB">
@@ -3788,123 +3853,101 @@
     <w:pPr>
       <w:pStyle w:val="AltBilgi"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3FCAF95D" w14:textId="77777777" w:rsidR="000C3A89" w:rsidRPr="00B86CCB" w:rsidRDefault="000C3A89" w:rsidP="00B86CCB">
     <w:pPr>
       <w:pStyle w:val="AltBilgi"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00B86CCB">
       <w:rPr>
         <w:b/>
         <w:i/>
         <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:lang w:val="tr-TR"/>
       </w:rPr>
-      <w:t xml:space="preserve">A </w:t>
-[...21 lines deleted...]
-      <w:t xml:space="preserve"> of </w:t>
+      <w:t xml:space="preserve">A Journal of </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="00B86CCB">
       <w:rPr>
         <w:b/>
         <w:i/>
         <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:lang w:val="tr-TR"/>
       </w:rPr>
       <w:t>Iranology</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00B86CCB">
       <w:rPr>
         <w:b/>
         <w:i/>
         <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:lang w:val="tr-TR"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="00B86CCB">
       <w:rPr>
         <w:b/>
         <w:i/>
         <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:lang w:val="tr-TR"/>
       </w:rPr>
       <w:t>Studies</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7053AA3D" w14:textId="77777777" w:rsidR="00A448B1" w:rsidRDefault="00A448B1">
+    <w:p w14:paraId="15E8E990" w14:textId="77777777" w:rsidR="006433E8" w:rsidRDefault="006433E8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="05322C3F" w14:textId="77777777" w:rsidR="00A448B1" w:rsidRDefault="00A448B1">
+    <w:p w14:paraId="0AC241EE" w14:textId="77777777" w:rsidR="006433E8" w:rsidRDefault="006433E8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1912383814"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="4D298DD3" w14:textId="77777777" w:rsidR="000C3A89" w:rsidRPr="000F279A" w:rsidRDefault="000C3A89">
@@ -4046,51 +4089,50 @@
       <w:pStyle w:val="stBilgi"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="588853C4" w14:textId="77777777" w:rsidR="000C3A89" w:rsidRDefault="000C3A89">
     <w:pPr>
       <w:pStyle w:val="stBilgi"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:b/>
         <w:color w:val="1F497D" w:themeColor="text2"/>
       </w:rPr>
       <w:id w:val="1199126090"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
       <w:tbl>
         <w:tblPr>
           <w:tblStyle w:val="TabloKlavuzu"/>
           <w:tblW w:w="11057" w:type="dxa"/>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPr>
         <w:tblGrid>
           <w:gridCol w:w="5528"/>
           <w:gridCol w:w="5529"/>
         </w:tblGrid>
         <w:tr w:rsidR="007E2A9B" w:rsidRPr="007E2A9B" w14:paraId="29810C4E" w14:textId="77777777" w:rsidTr="000C7C81">
           <w:tc>
             <w:tcPr>
               <w:tcW w:w="680" w:type="dxa"/>
             </w:tcPr>
             <w:p w14:paraId="18EFC6A4" w14:textId="77777777" w:rsidR="000C7C81" w:rsidRDefault="000C7C81" w:rsidP="00EC40A7">
@@ -4148,80 +4190,79 @@
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="1F497D" w:themeColor="text2"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="end"/>
               </w:r>
             </w:p>
           </w:tc>
           <w:tc>
             <w:tcPr>
               <w:tcW w:w="680" w:type="dxa"/>
             </w:tcPr>
             <w:p w14:paraId="4D21ECAA" w14:textId="3070711A" w:rsidR="007E2A9B" w:rsidRPr="007E2A9B" w:rsidRDefault="007E2A9B" w:rsidP="005F7D56">
               <w:pPr>
                 <w:pStyle w:val="stBilgi"/>
                 <w:jc w:val="left"/>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="1F497D" w:themeColor="text2"/>
                 </w:rPr>
               </w:pPr>
             </w:p>
           </w:tc>
         </w:tr>
       </w:tbl>
-      <w:p w14:paraId="56C1C368" w14:textId="6549E7BF" w:rsidR="002907F4" w:rsidRPr="007E2A9B" w:rsidRDefault="00AC6C56" w:rsidP="007E2A9B">
+      <w:p w14:paraId="56C1C368" w14:textId="6549E7BF" w:rsidR="002907F4" w:rsidRPr="007E2A9B" w:rsidRDefault="00000000" w:rsidP="007E2A9B">
         <w:pPr>
           <w:pStyle w:val="stBilgi"/>
           <w:jc w:val="left"/>
           <w:rPr>
             <w:b/>
             <w:color w:val="1F497D" w:themeColor="text2"/>
           </w:rPr>
         </w:pPr>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:b/>
         <w:color w:val="1F497D" w:themeColor="text2"/>
       </w:rPr>
       <w:id w:val="386226028"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
       <w:tbl>
         <w:tblPr>
           <w:tblStyle w:val="TabloKlavuzu"/>
           <w:tblW w:w="0" w:type="auto"/>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPr>
         <w:tblGrid>
           <w:gridCol w:w="10371"/>
           <w:gridCol w:w="737"/>
         </w:tblGrid>
         <w:tr w:rsidR="007E2A9B" w:rsidRPr="007E2A9B" w14:paraId="08D6F93A" w14:textId="210C6D55" w:rsidTr="007E2A9B">
           <w:tc>
             <w:tcPr>
               <w:tcW w:w="10456" w:type="dxa"/>
             </w:tcPr>
             <w:p w14:paraId="57F491F0" w14:textId="77777777" w:rsidR="007E2A9B" w:rsidRPr="007E2A9B" w:rsidRDefault="007E2A9B">
@@ -4278,51 +4319,51 @@
                   <w:b/>
                   <w:color w:val="1F497D" w:themeColor="text2"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="separate"/>
               </w:r>
               <w:r w:rsidR="00C07982" w:rsidRPr="00C07982">
                 <w:rPr>
                   <w:b/>
                   <w:noProof/>
                   <w:color w:val="1F497D" w:themeColor="text2"/>
                   <w:lang w:val="tr-TR"/>
                 </w:rPr>
                 <w:t>3</w:t>
               </w:r>
               <w:r w:rsidRPr="007E2A9B">
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="1F497D" w:themeColor="text2"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="end"/>
               </w:r>
             </w:p>
           </w:tc>
         </w:tr>
       </w:tbl>
-      <w:p w14:paraId="3A23D414" w14:textId="77777777" w:rsidR="002907F4" w:rsidRPr="007E2A9B" w:rsidRDefault="00AC6C56" w:rsidP="007E2A9B">
+      <w:p w14:paraId="3A23D414" w14:textId="77777777" w:rsidR="002907F4" w:rsidRPr="007E2A9B" w:rsidRDefault="00000000" w:rsidP="007E2A9B">
         <w:pPr>
           <w:pStyle w:val="stBilgi"/>
           <w:rPr>
             <w:b/>
             <w:color w:val="1F497D" w:themeColor="text2"/>
           </w:rPr>
         </w:pPr>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2ADA3819"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="99CEF406"/>
     <w:lvl w:ilvl="0" w:tplc="25F45B30">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4450,119 +4491,122 @@
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DD167D"/>
     <w:rsid w:val="0004646B"/>
     <w:rsid w:val="00056B8F"/>
     <w:rsid w:val="00057E13"/>
     <w:rsid w:val="00090D43"/>
     <w:rsid w:val="000C3A89"/>
     <w:rsid w:val="000C7C81"/>
     <w:rsid w:val="000D54CD"/>
     <w:rsid w:val="000D6DD9"/>
     <w:rsid w:val="000F0435"/>
     <w:rsid w:val="000F279A"/>
     <w:rsid w:val="000F2B82"/>
     <w:rsid w:val="001010DE"/>
     <w:rsid w:val="00112272"/>
     <w:rsid w:val="0017329A"/>
     <w:rsid w:val="001B4640"/>
     <w:rsid w:val="001C257C"/>
     <w:rsid w:val="001D0B7C"/>
     <w:rsid w:val="001D3FD3"/>
+    <w:rsid w:val="001D4A74"/>
     <w:rsid w:val="00213271"/>
     <w:rsid w:val="00247884"/>
     <w:rsid w:val="002505DF"/>
     <w:rsid w:val="002907F4"/>
     <w:rsid w:val="00296A2E"/>
     <w:rsid w:val="002C6FEC"/>
     <w:rsid w:val="003302B2"/>
     <w:rsid w:val="00331D01"/>
     <w:rsid w:val="00341641"/>
     <w:rsid w:val="0038105A"/>
     <w:rsid w:val="003B7702"/>
     <w:rsid w:val="003C6C06"/>
     <w:rsid w:val="003E5BEC"/>
     <w:rsid w:val="004201E8"/>
     <w:rsid w:val="00450DAF"/>
     <w:rsid w:val="00477AE7"/>
     <w:rsid w:val="004B4110"/>
     <w:rsid w:val="004C57BC"/>
     <w:rsid w:val="004D1BC5"/>
     <w:rsid w:val="004D2692"/>
     <w:rsid w:val="005272D7"/>
     <w:rsid w:val="00541502"/>
     <w:rsid w:val="00543FF5"/>
     <w:rsid w:val="005454EA"/>
     <w:rsid w:val="005504DB"/>
     <w:rsid w:val="005761FD"/>
     <w:rsid w:val="005C003F"/>
     <w:rsid w:val="005E3F70"/>
     <w:rsid w:val="005F123A"/>
     <w:rsid w:val="005F7D56"/>
     <w:rsid w:val="0061087D"/>
     <w:rsid w:val="00623EF1"/>
+    <w:rsid w:val="006433E8"/>
     <w:rsid w:val="00651337"/>
     <w:rsid w:val="00660A96"/>
     <w:rsid w:val="006A48DB"/>
     <w:rsid w:val="006A6C14"/>
     <w:rsid w:val="006B5A23"/>
     <w:rsid w:val="007213BA"/>
     <w:rsid w:val="0074166F"/>
     <w:rsid w:val="00750B0E"/>
     <w:rsid w:val="0079208E"/>
     <w:rsid w:val="007B1C48"/>
     <w:rsid w:val="007B23C7"/>
     <w:rsid w:val="007B41A0"/>
     <w:rsid w:val="007E0F8E"/>
     <w:rsid w:val="007E1E73"/>
     <w:rsid w:val="007E2A9B"/>
     <w:rsid w:val="00844672"/>
     <w:rsid w:val="00862EC6"/>
     <w:rsid w:val="0086576F"/>
     <w:rsid w:val="00870645"/>
     <w:rsid w:val="008823EE"/>
     <w:rsid w:val="008C6608"/>
     <w:rsid w:val="00935DB4"/>
     <w:rsid w:val="00963283"/>
     <w:rsid w:val="00985154"/>
     <w:rsid w:val="00987D88"/>
     <w:rsid w:val="00996ED9"/>
     <w:rsid w:val="009B5D9C"/>
     <w:rsid w:val="009D691B"/>
     <w:rsid w:val="009E6E48"/>
     <w:rsid w:val="009F3E85"/>
     <w:rsid w:val="00A448B1"/>
     <w:rsid w:val="00A47330"/>
     <w:rsid w:val="00A543B2"/>
     <w:rsid w:val="00A57FB3"/>
     <w:rsid w:val="00A77AE9"/>
     <w:rsid w:val="00AC6C56"/>
     <w:rsid w:val="00AD345E"/>
+    <w:rsid w:val="00B423D9"/>
     <w:rsid w:val="00B67765"/>
     <w:rsid w:val="00B81335"/>
     <w:rsid w:val="00B86CCB"/>
     <w:rsid w:val="00BA15AB"/>
     <w:rsid w:val="00BE7A1C"/>
     <w:rsid w:val="00C07982"/>
     <w:rsid w:val="00C1606E"/>
     <w:rsid w:val="00C33D2D"/>
     <w:rsid w:val="00C352EC"/>
     <w:rsid w:val="00C561C4"/>
     <w:rsid w:val="00C5703B"/>
     <w:rsid w:val="00CC4AA8"/>
     <w:rsid w:val="00CF2F22"/>
     <w:rsid w:val="00D04C68"/>
     <w:rsid w:val="00D15F3A"/>
     <w:rsid w:val="00D4737C"/>
     <w:rsid w:val="00DD167D"/>
     <w:rsid w:val="00E05BCE"/>
     <w:rsid w:val="00E12AA8"/>
     <w:rsid w:val="00E63FAC"/>
     <w:rsid w:val="00EA5F3F"/>
     <w:rsid w:val="00EC40A7"/>
     <w:rsid w:val="00EC7E7D"/>
     <w:rsid w:val="00F20ACD"/>
     <w:rsid w:val="00F439B5"/>
@@ -5031,50 +5075,51 @@
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Balk3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:pPr>
       <w:ind w:left="110"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
@@ -5662,75 +5707,75 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{90CE03BE-79A0-4258-ABDC-1BE24764FDFA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>313</Words>
-  <Characters>1786</Characters>
+  <Words>322</Words>
+  <Characters>1836</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>14</Lines>
+  <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2095</CharactersWithSpaces>
+  <CharactersWithSpaces>2154</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>MacPro</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2022-05-25T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="LastSaved">
     <vt:filetime>2023-04-06T00:00:00Z</vt:filetime>
   </property>
 </Properties>