--- v0 (2025-10-13)
+++ v1 (2025-12-11)
@@ -1,6543 +1,651 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...6 lines deleted...]
-  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:tbl>
-[...93 lines deleted...]
-    <w:p w14:paraId="03E7717E" w14:textId="66B999A1" w:rsidR="00CF2F22" w:rsidRPr="00C27A2C" w:rsidRDefault="00CF2F22" w:rsidP="005504DB">
+    <w:p w14:paraId="7EA15E03" w14:textId="77777777" w:rsidR="0042315F" w:rsidRPr="00BC1A16" w:rsidRDefault="0042315F" w:rsidP="0042315F">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:lang w:val="tr-TR"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="1964199A" w14:textId="5415D8D5" w:rsidR="005C003F" w:rsidRPr="00C27A2C" w:rsidRDefault="005C003F" w:rsidP="005504DB">
+      <w:r w:rsidRPr="00BC1A16">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>BAŞLIK SAYFASI</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FA09DCB" w14:textId="77777777" w:rsidR="0042315F" w:rsidRDefault="0042315F" w:rsidP="0042315F">
+      <w:r w:rsidRPr="00BC1A16">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Tüm yazarların</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> aşağıdaki bilgileri başlık sayfasında yer almalıdır. ORCID bilgisi zorunludur. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ORCID’nizi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> https://orcid.org/ adresinden edinebilirsiniz.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FD21C3C" w14:textId="77777777" w:rsidR="0042315F" w:rsidRPr="00BC1A16" w:rsidRDefault="0042315F" w:rsidP="0042315F">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Calibri Light"/>
-[...2 lines deleted...]
-          <w:lang w:val="tr-TR"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...376 lines deleted...]
-    <w:p w14:paraId="59E5457F" w14:textId="04C00F9E" w:rsidR="004D1BC5" w:rsidRPr="00C27A2C" w:rsidRDefault="004D1BC5" w:rsidP="005504DB">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BC1A16">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>İsim :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="5A91F912" w14:textId="77777777" w:rsidR="0042315F" w:rsidRPr="00BC1A16" w:rsidRDefault="0042315F" w:rsidP="0042315F">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Calibri Light"/>
-[...1 lines deleted...]
-          <w:szCs w:val="14"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="4BA80DF3" w14:textId="5723D6DF" w:rsidR="00CF2F22" w:rsidRPr="00C27A2C" w:rsidRDefault="00341641" w:rsidP="005504DB">
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BC1A16">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Soyisim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1A16">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="2D0D0820" w14:textId="77777777" w:rsidR="0042315F" w:rsidRDefault="0042315F" w:rsidP="0042315F">
+      <w:r w:rsidRPr="00BC1A16">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">ORCID </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BC1A16">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="67FD6C45" w14:textId="77777777" w:rsidR="0042315F" w:rsidRDefault="0042315F" w:rsidP="0042315F">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BC1A16">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Kurum</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Department</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>University</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Faculty</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, City, Country</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="002F7933" w14:textId="77777777" w:rsidR="0042315F" w:rsidRPr="00BC1A16" w:rsidRDefault="0042315F" w:rsidP="0042315F">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Calibri Light"/>
-[...2 lines deleted...]
-          <w:lang w:val="tr-TR"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C27A2C">
-[...87 lines deleted...]
-    <w:p w14:paraId="172E2FC9" w14:textId="77777777" w:rsidR="00800DBE" w:rsidRPr="00800DBE" w:rsidRDefault="00800DBE" w:rsidP="009C536D">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BC1A16">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>E-mail :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="38493CBF" w14:textId="77777777" w:rsidR="0042315F" w:rsidRPr="00BC1A16" w:rsidRDefault="0042315F" w:rsidP="0042315F">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Calibri Light"/>
-[...3 lines deleted...]
-          <w:szCs w:val="40"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00800DBE">
-[...10 lines deleted...]
-    <w:p w14:paraId="2DA00339" w14:textId="77777777" w:rsidR="00800DBE" w:rsidRPr="00800DBE" w:rsidRDefault="00800DBE" w:rsidP="009C536D">
+      <w:r w:rsidRPr="00BC1A16">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cep </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BC1A16">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Telefonu :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="6CAC2D19" w14:textId="77777777" w:rsidR="0042315F" w:rsidRDefault="0042315F" w:rsidP="0042315F">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Calibri Light"/>
-[...3 lines deleted...]
-          <w:szCs w:val="40"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00800DBE">
-[...10 lines deleted...]
-    <w:p w14:paraId="0C4710A4" w14:textId="1DED248D" w:rsidR="00DD167D" w:rsidRPr="009C536D" w:rsidRDefault="00800DBE" w:rsidP="009C536D">
+      <w:r w:rsidRPr="00BC1A16">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Sorumlu Yazar:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="244B0BC6" w14:textId="77777777" w:rsidR="0042315F" w:rsidRPr="00BC1A16" w:rsidRDefault="0042315F" w:rsidP="0042315F">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Calibri Light"/>
-[...3 lines deleted...]
-          <w:szCs w:val="40"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00800DBE">
-[...10 lines deleted...]
-    <w:p w14:paraId="58E37388" w14:textId="77777777" w:rsidR="009C536D" w:rsidRPr="009C536D" w:rsidRDefault="009C536D" w:rsidP="005504DB">
+    </w:p>
+    <w:p w14:paraId="6E0F6FC9" w14:textId="77777777" w:rsidR="0042315F" w:rsidRDefault="0042315F" w:rsidP="0042315F"/>
+    <w:p w14:paraId="61406F73" w14:textId="77777777" w:rsidR="0042315F" w:rsidRDefault="0042315F" w:rsidP="0042315F">
+      <w:r w:rsidRPr="00BC1A16">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Etik Kurul Onayı:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (Etik kurul onayı açık kurum adı, onay numarası ve alındığı tam tarihi içermelidir.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00006B51" w14:textId="77777777" w:rsidR="0042315F" w:rsidRPr="00BE7A15" w:rsidRDefault="0042315F" w:rsidP="0042315F">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Calibri Light"/>
-[...2 lines deleted...]
-          <w:lang w:val="tr-TR"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1268 lines deleted...]
-    <w:p w14:paraId="5DB95E90" w14:textId="5B58A2FD" w:rsidR="000E3FCB" w:rsidRPr="000D4DC9" w:rsidRDefault="000D4DC9">
+      <w:r w:rsidRPr="00BE7A15">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Etik kurul onayı yoksa neden alınamadığına dair bir açıklama yazılmalıdır.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B21C26B" w14:textId="77777777" w:rsidR="0042315F" w:rsidRDefault="0042315F" w:rsidP="0042315F">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="FF0000"/>
-          <w:lang w:val="tr-TR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000D4DC9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Katılımcı Onamı: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE7A15">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="FF0000"/>
-          <w:lang w:val="tr-TR"/>
-[...207 lines deleted...]
-    <w:p w14:paraId="0BED182F" w14:textId="77777777" w:rsidR="00DD167D" w:rsidRPr="00C27A2C" w:rsidRDefault="00DD167D" w:rsidP="005504DB">
+        </w:rPr>
+        <w:t>XXXXXXXX</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="492C3AFE" w14:textId="77777777" w:rsidR="0042315F" w:rsidRPr="00BE7A15" w:rsidRDefault="0042315F" w:rsidP="0042315F">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Calibri Light"/>
-[...2 lines deleted...]
-          <w:lang w:val="tr-TR"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="03FDF3C2" w14:textId="77777777" w:rsidR="005504DB" w:rsidRPr="00C27A2C" w:rsidRDefault="005504DB" w:rsidP="00D442CA">
+      <w:r w:rsidRPr="00BE7A15">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Çalışmanıza katılan katılımcılardan onam alınmalıdır. Onam bilgisi bu alanda belirtilmelidir. Onam bulunmuyorsa neden alınamadığına ya da gerek duyulmadığına dair beyan yazılmalıdır. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40E00BC6" w14:textId="77777777" w:rsidR="0042315F" w:rsidRDefault="0042315F" w:rsidP="0042315F">
+      <w:r w:rsidRPr="00BE7A15">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Yazar Katkıları:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Konsept -</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> XX; </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Tasarım -</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> XX; </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Denetim -</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> XX; </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Kaynaklar -</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> XX; </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Malzemeler -</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> XX; Veri Toplama ve/veya </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>İşleme -</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> XX; Analiz ve/veya </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Yorum -</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> XX; Literatür </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Taraması -</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> XX; </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Yazma -</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> XX; Eleştirel </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>İnceleme -</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> XX; Diğer – XX</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E307B2D" w14:textId="77777777" w:rsidR="0042315F" w:rsidRPr="00BC1A16" w:rsidRDefault="0042315F" w:rsidP="0042315F">
       <w:pPr>
-        <w:pStyle w:val="Balk1"/>
-[...16 lines deleted...]
-        </w:sectPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="6F55D614" w14:textId="0ABEFD14" w:rsidR="00470C01" w:rsidRDefault="00470C01">
+      <w:r w:rsidRPr="00BC1A16">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Yazar Katkıları </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1A16">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Yazar isim ve </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1A16">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>soyisimlerinin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1A16">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> baş harfleri kullanılarak noktalamaya uygun bir şekilde doldurulmalıdır.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54F25BCB" w14:textId="77777777" w:rsidR="0042315F" w:rsidRDefault="0042315F" w:rsidP="0042315F">
+      <w:r w:rsidRPr="00BC1A16">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Çıkar Çatışması:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (Katkıda bulunan tüm yazarlar, ICMJE formunu bireysel olarak doldurmalı ve doldurulan formlar ilgili yazar tarafından çevrimiçi sisteme gönderilmelidir. Form, http://www.icmje.org/conflicts-of-interest/ adresinde mevcuttur. Formların sonunda belirtilen bilgiler birleştirilerek bu bölümde sunulmalıdır.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70B84AB1" w14:textId="77777777" w:rsidR="0042315F" w:rsidRDefault="0042315F" w:rsidP="0042315F">
+      <w:r w:rsidRPr="00BC1A16">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Finansal Destek:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (Eğer varsa hibe bilgileri ve diğer mali destek kaynakları bu bölümde belirtilmelidir.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6916613C" w14:textId="77777777" w:rsidR="0042315F" w:rsidRPr="00BE7A15" w:rsidRDefault="0042315F" w:rsidP="0042315F">
       <w:pPr>
-        <w:ind w:firstLine="0"/>
-        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...1272 lines deleted...]
-    <w:p w14:paraId="5BFF9479" w14:textId="77777777" w:rsidR="00C27A2C" w:rsidRPr="00470C01" w:rsidRDefault="00C27A2C" w:rsidP="00470C01">
+      <w:r w:rsidRPr="00BE7A15">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">**Çalışma daha önce bir yerde sunulmuş (kongre, bildiri, poster, açık platform </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE7A15">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>vb</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE7A15">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>) ya da bir tezden üretilmişse bu kısımda belirtilmelidir.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25051127" w14:textId="6D092DA3" w:rsidR="00387DC4" w:rsidRPr="0042315F" w:rsidRDefault="0042315F">
       <w:pPr>
-        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
       </w:pPr>
-    </w:p>
-[...7 lines deleted...]
-      <w:docGrid w:linePitch="299"/>
+      <w:r w:rsidRPr="0042315F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Yapay </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0042315F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Zeka</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0042315F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> destekli uygulamalar kullanıldı mı? Kullanıldıysa, hangi uygulamalar olduğunu ve ne amaçla kullanıldığını belirtiniz. (Cevaplaması zorunludur):</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00387DC4" w:rsidRPr="0042315F" w:rsidSect="0042315F">
+      <w:pgSz w:w="12240" w:h="15840"/>
+      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-[...1 lines deleted...]
-    <w:panose1 w:val="020B0604020202020204"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...49 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...857 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-[...8 lines deleted...]
-  <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="131078" w:nlCheck="1" w:checkStyle="0"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="284"/>
+  <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
-  <w:evenAndOddHeaders/>
-[...1 lines deleted...]
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...9 lines deleted...]
-  </w:endnotePr>
   <w:compat>
-    <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00DD167D"/>
-[...1956 lines deleted...]
-    <w:rsid w:val="00EB61AE"/>
+    <w:rsidRoot w:val="006F3232"/>
+    <w:rsid w:val="0027133F"/>
+    <w:rsid w:val="003875B8"/>
+    <w:rsid w:val="00387DC4"/>
+    <w:rsid w:val="0042315F"/>
+    <w:rsid w:val="00565537"/>
+    <w:rsid w:val="005E04F9"/>
+    <w:rsid w:val="00670351"/>
+    <w:rsid w:val="006F3232"/>
+    <w:rsid w:val="006F541F"/>
+    <w:rsid w:val="00C9479E"/>
+    <w:rsid w:val="00C95A84"/>
+    <w:rsid w:val="00CD44F9"/>
+    <w:rsid w:val="00D44DAE"/>
+    <w:rsid w:val="00E16327"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{1834AAB9-CC85-44A3-871C-C52231B708FE}"/>
 </w:settings>
 </file>
 
-<file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
+        <w:lang w:val="tr-TR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -6865,7265 +973,899 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="0042315F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="tr-TR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="006F3232"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="006F3232"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="006F3232"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="006F3232"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="006F3232"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="006F3232"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="006F3232"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="006F3232"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="006F3232"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="YerTutucuMetni">
-    <w:name w:val="Placeholder Text"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk1Char">
+    <w:name w:val="Başlık 1 Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
-    <w:uiPriority w:val="99"/>
+    <w:link w:val="Balk1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="006F3232"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk2Char">
+    <w:name w:val="Başlık 2 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk2"/>
+    <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00567B12"/>
-[...59 lines deleted...]
-    <w:name w:val="makaletürü"/>
+    <w:rsid w:val="006F3232"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk3Char">
+    <w:name w:val="Başlık 3 Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
-    <w:uiPriority w:val="1"/>
-[...72 lines deleted...]
-    <w:name w:val="Özet Char"/>
+    <w:link w:val="Balk3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006F3232"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk4Char">
+    <w:name w:val="Başlık 4 Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
-    <w:link w:val="zet"/>
-[...12 lines deleted...]
-    <w:uiPriority w:val="99"/>
+    <w:link w:val="Balk4"/>
+    <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-[...6 lines deleted...]
-    <w:name w:val="Gövde Metni Char"/>
+    <w:rsid w:val="006F3232"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk5Char">
+    <w:name w:val="Başlık 5 Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
-    <w:link w:val="GvdeMetni"/>
-    <w:uiPriority w:val="99"/>
+    <w:link w:val="Balk5"/>
+    <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00347195"/>
-[...18 lines deleted...]
-    <w:name w:val="Stil Cambria Math 10 nk Kalın"/>
+    <w:rsid w:val="006F3232"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk6Char">
+    <w:name w:val="Başlık 6 Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
-    <w:rsid w:val="00984777"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00347195"/>
+    <w:link w:val="Balk6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006F3232"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk7Char">
+    <w:name w:val="Başlık 7 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006F3232"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk8Char">
+    <w:name w:val="Başlık 8 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006F3232"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk9Char">
+    <w:name w:val="Başlık 9 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006F3232"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="KonuBal">
     <w:name w:val="Title"/>
-    <w:aliases w:val="Makale Ana Başlığı"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="KonuBalChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="00347195"/>
+    <w:rsid w:val="006F3232"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:spacing w:val="-4"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
-      <w:sz w:val="40"/>
+      <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
-      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KonuBalChar">
     <w:name w:val="Konu Başlığı Char"/>
-    <w:aliases w:val="Makale Ana Başlığı Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="KonuBal"/>
     <w:uiPriority w:val="10"/>
-    <w:rsid w:val="00347195"/>
+    <w:rsid w:val="006F3232"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Altyaz">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="AltyazChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="006F3232"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-      <w:b/>
-[...10 lines deleted...]
-    <w:rsid w:val="00347195"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AltyazChar">
+    <w:name w:val="Altyazı Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Altyaz"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="006F3232"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Alnt">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="AlntChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="006F3232"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
-[...2 lines deleted...]
-      <w:jc w:val="both"/>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Aestetico Light"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00347195"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AlntChar">
+    <w:name w:val="Alıntı Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Alnt"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="006F3232"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListeParagraf">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="006F3232"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
-[...1788 lines deleted...]
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
-    <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="GlVurgulama">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="006F3232"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="GlAlnt">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="GlAlntChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="006F3232"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="GlAlntChar">
+    <w:name w:val="Güçlü Alıntı Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="GlAlnt"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="006F3232"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="GlBavuru">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="006F3232"/>
+    <w:rPr>
       <w:b/>
-      <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
-[...4778 lines deleted...]
-      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>3260</Characters>
+  <Pages>1</Pages>
+  <Words>260</Words>
+  <Characters>1486</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>27</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>12</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3824</CharactersWithSpaces>
+  <CharactersWithSpaces>1743</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
-  <dc:creator>dogan turkyilmaz</dc:creator>
+  <dc:subject/>
+  <dc:creator>hp</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...9 lines deleted...]
-</file>