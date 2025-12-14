--- v0 (2025-10-21)
+++ v1 (2025-12-14)
@@ -1,208 +1,139 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5179" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="12" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="AEEEEE"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9397"/>
       </w:tblGrid>
       <w:tr w:rsidR="000624B1" w:rsidRPr="00861338" w14:paraId="1B017BD2" w14:textId="77777777" w:rsidTr="000624B1">
         <w:trPr>
           <w:trHeight w:val="1264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="AEEEEE"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="752205C1" w14:textId="117AFB13" w:rsidR="000624B1" w:rsidRPr="00856F6B" w:rsidRDefault="000624B1" w:rsidP="00013254">
+          <w:p w14:paraId="752205C1" w14:textId="0CC736E4" w:rsidR="000624B1" w:rsidRPr="00856F6B" w:rsidRDefault="000624B1" w:rsidP="00013254">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108" w:right="-145"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="42F9E2DD" wp14:editId="128F8779">
-[...68 lines deleted...]
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="07811DF7" wp14:editId="79357327">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="07811DF7" wp14:editId="51917629">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>-53340</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>41275</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="723265" cy="723265"/>
                   <wp:effectExtent l="0" t="0" r="635" b="635"/>
                   <wp:wrapSquare wrapText="bothSides"/>
                   <wp:docPr id="256728069" name="Resim 1"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 2"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7" cstate="print">
+                          <a:blip r:embed="rId6" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="723265" cy="723265"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
@@ -2457,98 +2388,98 @@
         </w:rPr>
         <w:t xml:space="preserve">Hakeme Notunuz: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="764EAAC1" w14:textId="689038C0" w:rsidR="008068F4" w:rsidRPr="000624B1" w:rsidRDefault="008068F4" w:rsidP="002D4D89">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="ED7D31" w:themeColor="accent2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="008068F4" w:rsidRPr="000624B1">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="A2"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="218B7EFD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CEE4B3A6"/>
     <w:lvl w:ilvl="0" w:tplc="041F000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2714,116 +2645,118 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1838494536">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="24910101">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CC6F6D"/>
     <w:rsid w:val="000624B1"/>
+    <w:rsid w:val="0010599E"/>
     <w:rsid w:val="002D4D89"/>
     <w:rsid w:val="003370CF"/>
     <w:rsid w:val="00507E3D"/>
     <w:rsid w:val="0051748E"/>
     <w:rsid w:val="0059736C"/>
     <w:rsid w:val="006B2D26"/>
     <w:rsid w:val="006D52FB"/>
     <w:rsid w:val="007505C9"/>
     <w:rsid w:val="00780F41"/>
     <w:rsid w:val="008068F4"/>
     <w:rsid w:val="00831DDB"/>
     <w:rsid w:val="00AB3A44"/>
     <w:rsid w:val="00CC4AFF"/>
     <w:rsid w:val="00CC6F6D"/>
     <w:rsid w:val="00E224BA"/>
     <w:rsid w:val="00E86780"/>
     <w:rsid w:val="00EE1C7B"/>
+    <w:rsid w:val="00F83D09"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="11FF9986"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{D3A440A1-3E11-4E09-B72B-3E25A0235D6E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="tr-TR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3626,58 +3559,58 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3953,68 +3886,68 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C8A9504F-4CC7-4E50-9000-D77F8A7071D3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>80</Words>
-  <Characters>457</Characters>
+  <Characters>456</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>536</CharactersWithSpaces>
+  <CharactersWithSpaces>535</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Reviewer</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>