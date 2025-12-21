--- v0 (2025-10-21)
+++ v1 (2025-12-21)
@@ -36,107 +36,105 @@
         <w:t xml:space="preserve">Çalışmanın Türkçe </w:t>
       </w:r>
       <w:r w:rsidRPr="00737740">
         <w:t>Başlığı</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26300A70" w14:textId="77777777" w:rsidR="00737740" w:rsidRPr="00737740" w:rsidRDefault="00737740" w:rsidP="00737740">
       <w:pPr>
         <w:pStyle w:val="DergiMakalestBalkng"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Çalışmanın İngilizce </w:t>
       </w:r>
       <w:r w:rsidRPr="00737740">
         <w:t>Başlığı</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C0D311F" w14:textId="77777777" w:rsidR="00536207" w:rsidRDefault="00536207" w:rsidP="00536207">
       <w:pPr>
         <w:pStyle w:val="DergiOzBalk"/>
       </w:pPr>
       <w:r w:rsidRPr="001113F6">
         <w:t>Öz</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41224236" w14:textId="77777777" w:rsidR="00FB51B4" w:rsidRPr="00FB51B4" w:rsidRDefault="00737740" w:rsidP="00737740">
+    <w:p w14:paraId="41224236" w14:textId="016B4DF9" w:rsidR="00FB51B4" w:rsidRPr="00FB51B4" w:rsidRDefault="00737740" w:rsidP="00737740">
       <w:pPr>
         <w:pStyle w:val="DergiOzMetin"/>
         <w:rPr>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Öz, araştırmanın konusunu, amacını, önemini, kapsam ve sınırlarını ve sonuçlarını içermelidir. Öz mümkün olduğunca kısa tutulmalı, kesinlikle 250 kelimeyi geçmemelidir. Özün başlığı 11 punto, koyu ve </w:t>
+        <w:t xml:space="preserve">Öz, araştırmanın konusunu, amacını, önemini, kapsam ve sınırlarını ve sonuçlarını içermelidir. Öz mümkün olduğunca kısa tutulmalı, kesinlikle </w:t>
+      </w:r>
+      <w:r w:rsidR="005C4DA6">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">50 kelimeyi geçmemelidir. Özün başlığı 11 punto, koyu ve </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>girintisiz</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">, alt üst 6 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>nk</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">, alt 0 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>nk</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> olmalıdır. Öz metni de tek paragraf halinde yazılmalı, iki yana yaslı, heceleme açık, tek satır aralığı, üst 0, alt 6 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>nk</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> şeklinde olmalıdır. Tüm yazıda olduğu gibi özde de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Gentium</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> Plus </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> kullanılmalı ve özdeki font büyüklüğü 9 punto olarak ayarlanmalıdır. Öz ile anahtar kelimeler arasında boş satır/</w:t>
+        <w:t xml:space="preserve"> Plus font kullanılmalı ve özdeki font büyüklüğü 9 punto olarak ayarlanmalıdır. Öz ile anahtar kelimeler arasında boş satır/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>enter</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> olmamalıdır. Anahtar kelimeler 5-8 tane olmalı, ilki mutlaka anabilim dalı olmalı, sonrakiler genelden özele doğru sıralanmalıdır. Anahtar kelimeler kendi başına terim anlama sahip kelimelerden oluşmalıdır. Tüm bunlar için </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Isnad</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> Atıf Sistemin kılavuzuna bakabilirsiniz. </w:t>
       </w:r>
       <w:r w:rsidR="00FB51B4" w:rsidRPr="00737740">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">Öz metin yazı stili olarak stiller bölümünde yer alan </w:t>
       </w:r>
@@ -360,59 +358,51 @@
       <w:r>
         <w:t xml:space="preserve">Girişte çalışmada ele alınan problemin arka planına ve çalışmada neyin ortaya konduğuna değinilmelidir. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E557E9D" w14:textId="77777777" w:rsidR="00737740" w:rsidRDefault="00737740" w:rsidP="00737740">
       <w:pPr>
         <w:pStyle w:val="DergiNormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Metin iki yana yaslı, heceleme açık, 11 punto </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Gentium</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> Plus, tek satır aralığı, üst 0 alt 6 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>nk</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve">. </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> yazılmalıdır. İlk satır 1 cm girintili olmalı, bu tab ile değil stil ile ayarlanmalıdır. </w:t>
+        <w:t xml:space="preserve">. ölçüsüyle yazılmalıdır. İlk satır 1 cm girintili olmalı, bu tab ile değil stil ile ayarlanmalıdır. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30E74AB1" w14:textId="77777777" w:rsidR="00737740" w:rsidRDefault="00737740" w:rsidP="00737740">
       <w:pPr>
         <w:pStyle w:val="DergiNormal"/>
       </w:pPr>
       <w:r>
         <w:t>Sayfa yapısı, üst ve alt 4 cm, sağ ve sol 3,5 cm olmalıdır.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3429334E" w14:textId="77777777" w:rsidR="00737740" w:rsidRPr="00737740" w:rsidRDefault="00737740" w:rsidP="00737740">
       <w:pPr>
         <w:pStyle w:val="DergiNormal"/>
       </w:pPr>
       <w:r>
         <w:t>Bu dosya üzerinde yazarlara ait herhangi bir bilgi olmamalıdır.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BA20A5C" w14:textId="77777777" w:rsidR="00564625" w:rsidRPr="007F44A6" w:rsidRDefault="00564625" w:rsidP="00FB51B4">
       <w:pPr>
         <w:pStyle w:val="DergiNormal"/>
       </w:pPr>
       <w:r w:rsidRPr="007F44A6">
         <w:t>Metin yazı stili</w:t>
       </w:r>
@@ -495,59 +485,51 @@
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Gentium Plus"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D80F7DD" w14:textId="4392D141" w:rsidR="00264DF1" w:rsidRPr="00605F95" w:rsidRDefault="00061176" w:rsidP="00061176">
       <w:pPr>
         <w:pStyle w:val="DergiNormal"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Tablo ve şekil (resim, grafik, çizelge, harita </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>vb</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> şekil sayılmaktadır) başlıklarının her harfi büyük olur. Tablo </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Şekil 1: şeklinde, 9 punto ve normal yazıyla yazılır. Girinti verilmez.  Tablolar sabit genişlikte değil, %100 şeklinde ayarlanmalıdır. </w:t>
+        <w:t xml:space="preserve"> şekil sayılmaktadır) başlıklarının her harfi büyük olur. Tablo 1:, Şekil 1: şeklinde, 9 punto ve normal yazıyla yazılır. Girinti verilmez.  Tablolar sabit genişlikte değil, %100 şeklinde ayarlanmalıdır. </w:t>
       </w:r>
       <w:r w:rsidR="00107937" w:rsidRPr="00605F95">
         <w:t>Tablo içerik metin yazımı için stiller bölümünde yer alan</w:t>
       </w:r>
       <w:r w:rsidR="00107937" w:rsidRPr="00737740">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00107937" w:rsidRPr="00737740">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>DergiTabloİçerik</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00107937" w:rsidRPr="00737740">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -642,59 +624,51 @@
         <w:t>stillerinin kullanılması rica olunur.</w:t>
       </w:r>
       <w:r w:rsidR="00B32CCE">
         <w:t xml:space="preserve"> Bu stilleri seçtiğinizde başlıklar otomatik numaralandırılır. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20C3F029" w14:textId="77777777" w:rsidR="00536207" w:rsidRDefault="00564625" w:rsidP="00440B46">
       <w:pPr>
         <w:pStyle w:val="DergiMakaleBalk2"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>Alt Başlık</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17E105AD" w14:textId="77777777" w:rsidR="00107937" w:rsidRPr="00107937" w:rsidRDefault="00061176" w:rsidP="00107937">
       <w:pPr>
         <w:pStyle w:val="DergiNormal"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Tüm başlıkların </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> büyüklüğü ve girintisi aynı olmalıdır.</w:t>
+        <w:t>Tüm başlıkların font büyüklüğü ve girintisi aynı olmalıdır.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50AC5E66" w14:textId="07E84001" w:rsidR="00107937" w:rsidRPr="00107937" w:rsidRDefault="00564625" w:rsidP="00584A4B">
       <w:pPr>
         <w:pStyle w:val="DergiMakaleBalk3"/>
       </w:pPr>
       <w:r>
         <w:t>Alt Başlık</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E2C13F9" w14:textId="6EE67B24" w:rsidR="00107937" w:rsidRPr="00107937" w:rsidRDefault="00564625" w:rsidP="00584A4B">
       <w:pPr>
         <w:pStyle w:val="DergiMakaleBalk4"/>
       </w:pPr>
       <w:r>
         <w:t>Alt Başlık</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C071065" w14:textId="77777777" w:rsidR="00536207" w:rsidRDefault="00536207" w:rsidP="00440B46">
       <w:pPr>
         <w:pStyle w:val="DergiMakaleBalk"/>
       </w:pPr>
       <w:r w:rsidRPr="005F3F51">
         <w:t>Sonuç</w:t>
       </w:r>
@@ -789,61 +763,61 @@
         <w:t xml:space="preserve"> yazı stilini seçmeni</w:t>
       </w:r>
       <w:r w:rsidR="00B32CCE" w:rsidRPr="007F44A6">
         <w:t>z</w:t>
       </w:r>
       <w:r w:rsidRPr="007F44A6">
         <w:t xml:space="preserve"> rica olunur.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00FB51B4" w:rsidRPr="007F44A6" w:rsidSect="00710F98">
       <w:headerReference w:type="even" r:id="rId8"/>
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="2268" w:right="1984" w:bottom="2268" w:left="1984" w:header="1701" w:footer="1134" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:formProt w:val="0"/>
       <w:docGrid w:linePitch="600" w:charSpace="36864"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7F3B9BCE" w14:textId="77777777" w:rsidR="0059051C" w:rsidRDefault="0059051C">
+    <w:p w14:paraId="72FD35E3" w14:textId="77777777" w:rsidR="00BF7CAF" w:rsidRDefault="00BF7CAF">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0A007FA0" w14:textId="77777777" w:rsidR="0059051C" w:rsidRDefault="0059051C">
+    <w:p w14:paraId="3977C63B" w14:textId="77777777" w:rsidR="00BF7CAF" w:rsidRDefault="00BF7CAF">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -931,64 +905,64 @@
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Ali Sir Nevayi Ceviri">
     <w:altName w:val="Cambria"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="33FBB4B6" w14:textId="77777777" w:rsidR="0059051C" w:rsidRDefault="0059051C" w:rsidP="005E718D">
+    <w:p w14:paraId="0DDE4918" w14:textId="77777777" w:rsidR="00BF7CAF" w:rsidRDefault="00BF7CAF" w:rsidP="005E718D">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5C5C3143" w14:textId="77777777" w:rsidR="0059051C" w:rsidRDefault="0059051C">
+    <w:p w14:paraId="5499DB78" w14:textId="77777777" w:rsidR="00BF7CAF" w:rsidRDefault="00BF7CAF">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="492D3922" w14:textId="77777777" w:rsidR="00564625" w:rsidRDefault="005601CA" w:rsidP="00FB51B4">
       <w:pPr>
         <w:pStyle w:val="DergiDipnotMetni"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -2648,53 +2622,53 @@
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1826118742">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="695693326">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1960913898">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="2022390520">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1220632634">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1699970165">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="160"/>
+  <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="709"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -2794,50 +2768,52 @@
     <w:rsid w:val="00451A20"/>
     <w:rsid w:val="00462D5E"/>
     <w:rsid w:val="00471239"/>
     <w:rsid w:val="00474082"/>
     <w:rsid w:val="00484374"/>
     <w:rsid w:val="004B306A"/>
     <w:rsid w:val="004B3CB0"/>
     <w:rsid w:val="004B6439"/>
     <w:rsid w:val="004C4497"/>
     <w:rsid w:val="004C4A8B"/>
     <w:rsid w:val="004D155D"/>
     <w:rsid w:val="004E1012"/>
     <w:rsid w:val="004E1CCF"/>
     <w:rsid w:val="00504388"/>
     <w:rsid w:val="00511E4B"/>
     <w:rsid w:val="00536207"/>
     <w:rsid w:val="005503E3"/>
     <w:rsid w:val="005548B7"/>
     <w:rsid w:val="005601CA"/>
     <w:rsid w:val="00564625"/>
     <w:rsid w:val="00565D62"/>
     <w:rsid w:val="00580508"/>
     <w:rsid w:val="00584A4B"/>
     <w:rsid w:val="0059051C"/>
     <w:rsid w:val="005B5A79"/>
+    <w:rsid w:val="005C4DA6"/>
+    <w:rsid w:val="005D0787"/>
     <w:rsid w:val="005E4C08"/>
     <w:rsid w:val="005E718D"/>
     <w:rsid w:val="005F5B3C"/>
     <w:rsid w:val="00605F95"/>
     <w:rsid w:val="006116EE"/>
     <w:rsid w:val="00634207"/>
     <w:rsid w:val="00637A34"/>
     <w:rsid w:val="00653FE6"/>
     <w:rsid w:val="0065575E"/>
     <w:rsid w:val="00657865"/>
     <w:rsid w:val="006661C9"/>
     <w:rsid w:val="00693BE3"/>
     <w:rsid w:val="006A2B8E"/>
     <w:rsid w:val="006B2AF7"/>
     <w:rsid w:val="006B5D8E"/>
     <w:rsid w:val="006B6479"/>
     <w:rsid w:val="006C4EB8"/>
     <w:rsid w:val="006E4AF9"/>
     <w:rsid w:val="006E7ABD"/>
     <w:rsid w:val="007072F0"/>
     <w:rsid w:val="00710F98"/>
     <w:rsid w:val="00722592"/>
     <w:rsid w:val="00727C37"/>
     <w:rsid w:val="00737740"/>
     <w:rsid w:val="00744589"/>
@@ -2910,50 +2886,51 @@
     <w:rsid w:val="00A36045"/>
     <w:rsid w:val="00A5468D"/>
     <w:rsid w:val="00A6129F"/>
     <w:rsid w:val="00A63A48"/>
     <w:rsid w:val="00A80247"/>
     <w:rsid w:val="00A97953"/>
     <w:rsid w:val="00AA1BE5"/>
     <w:rsid w:val="00AB370A"/>
     <w:rsid w:val="00AC5BAC"/>
     <w:rsid w:val="00AD317D"/>
     <w:rsid w:val="00AD5A5A"/>
     <w:rsid w:val="00AE2506"/>
     <w:rsid w:val="00AF2FC4"/>
     <w:rsid w:val="00B30BE6"/>
     <w:rsid w:val="00B32CCE"/>
     <w:rsid w:val="00B45C24"/>
     <w:rsid w:val="00B460A1"/>
     <w:rsid w:val="00B64F0A"/>
     <w:rsid w:val="00B75FD2"/>
     <w:rsid w:val="00B7790E"/>
     <w:rsid w:val="00B87B03"/>
     <w:rsid w:val="00BA4896"/>
     <w:rsid w:val="00BB09B7"/>
     <w:rsid w:val="00BB4FE0"/>
     <w:rsid w:val="00BE62C0"/>
+    <w:rsid w:val="00BF7CAF"/>
     <w:rsid w:val="00C0399A"/>
     <w:rsid w:val="00C067F3"/>
     <w:rsid w:val="00C2416B"/>
     <w:rsid w:val="00C262E0"/>
     <w:rsid w:val="00C30A9F"/>
     <w:rsid w:val="00C33D6A"/>
     <w:rsid w:val="00C3488D"/>
     <w:rsid w:val="00C57524"/>
     <w:rsid w:val="00C80434"/>
     <w:rsid w:val="00C94507"/>
     <w:rsid w:val="00CA2771"/>
     <w:rsid w:val="00CA4579"/>
     <w:rsid w:val="00CB359C"/>
     <w:rsid w:val="00CB5B15"/>
     <w:rsid w:val="00CC66A5"/>
     <w:rsid w:val="00CE2177"/>
     <w:rsid w:val="00CE6A0F"/>
     <w:rsid w:val="00CF0D22"/>
     <w:rsid w:val="00CF7B35"/>
     <w:rsid w:val="00D14F9D"/>
     <w:rsid w:val="00D20F9C"/>
     <w:rsid w:val="00D46787"/>
     <w:rsid w:val="00D62D42"/>
     <w:rsid w:val="00D733CB"/>
     <w:rsid w:val="00D819E6"/>
@@ -4901,51 +4878,51 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CA5D6F23-DCE6-4073-926C-30B0D887E1D8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>İMAD Makale Yazım Şablonu</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
+  <Pages>1</Pages>
   <Words>653</Words>
   <Characters>3724</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>31</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">