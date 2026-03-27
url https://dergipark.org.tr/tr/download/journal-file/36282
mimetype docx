--- v0 (2026-02-03)
+++ v1 (2026-03-27)
@@ -1,118 +1,117 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
   <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
   <Override PartName="/word/commentsExtensible.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtensible+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="52EBCE97" w14:textId="2E9727F5" w:rsidR="007359A8" w:rsidRPr="008E79F7" w:rsidRDefault="0056643B" w:rsidP="0092565F">
+    <w:p w14:paraId="3192B6C3" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="008E79F7" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0056643B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Review Article/ Derleme Makalesi</w:t>
       </w:r>
-      <w:r w:rsidR="006D02BE" w:rsidRPr="008E79F7">
+      <w:r w:rsidRPr="008E79F7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72B7467E" w14:textId="777BEBD1" w:rsidR="000470BE" w:rsidRPr="008E79F7" w:rsidRDefault="00411744" w:rsidP="00694735">
+    <w:p w14:paraId="647A1CAC" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="008E79F7" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E79F7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="286BC84F" wp14:editId="416CE5A8">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3312B02D" wp14:editId="6EFD9034">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-131503</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>149860</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6123709" cy="34636"/>
                 <wp:effectExtent l="0" t="0" r="29845" b="22860"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Düz Bağlayıcı 2"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm flipV="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="6123709" cy="34636"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:ln w="9525"/>
@@ -124,214 +123,198 @@
                         <a:fillRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="7FAD8EC0" id="Düz Bağlayıcı 2" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-10.35pt,11.8pt" to="471.85pt,14.55pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD2vbbcsAEAAKYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v1DAQvSP1P1i+s8nu0qWNNttDq3JB&#10;UAHl7jrjjYW/ZJtN9t8znmzTihYJIS6W43nz/N7zZHs1WsMOEJP2ruXLRc0ZOOk77fYtv/92+/aC&#10;s5SF64TxDlp+hMSvdmdvtkNoYOV7bzqIDElcaobQ8j7n0FRVkj1YkRY+gMOi8tGKjJ9xX3VRDMhu&#10;TbWq6001+NiF6CWkhKc3U5HviF8pkPmzUgkyMy1HbZnWSOtDWavdVjT7KEKv5UmG+AcVVmiHl85U&#10;NyIL9jPqF1RWy+iTV3khva28UloCeUA3y/o3N197EYC8YDgpzDGl/0crPx2u3V3EGIaQmhTuYnEx&#10;qmiZMjp8xzclX6iUjRTbcY4NxswkHm6Wq/X7+pIzibX1u816U2KtJppCF2LKH8BbVjYtN9oVV6IR&#10;h48pT9BHSDk2jg0tvzxfnRPPkzDa5aOBCfUFFNMdCpgk0szAtYnsIPC1ux/LkwzjEFlalDZmbqpJ&#10;wh+bTtjSBjRHf9s4o+lG7/LcaLXz8bVb8/goVU14TO+Z17J98N2RnokKOAwU8Glwy7Q9/6b2p99r&#10;9wsAAP//AwBQSwMEFAAGAAgAAAAhAMCK7nbgAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj9FK&#10;w0AQRd8F/2EZwZfSbppqbdJsihSEgigY+wHb7DQJzc7G7CaNf+/4pI9z53DnTLabbCtG7H3jSMFy&#10;EYFAKp1pqFJw/HyZb0D4oMno1hEq+EYPu/z2JtOpcVf6wLEIleAS8qlWUIfQpVL6skar/cJ1SLw7&#10;u97qwGNfSdPrK5fbVsZRtJZWN8QXat3hvsbyUgxWwSF5qzbjI72ar+PFH4bZe7GnmVL3d9PzFkTA&#10;KfzB8KvP6pCz08kNZLxoFczj6IlRBfFqDYKB5GHFwYmDZAkyz+T/D/IfAAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAPa9ttywAQAApgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAMCK7nbgAAAACQEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAAAXBQAAAAA=&#10;" strokecolor="black [3200]">
+              <v:line w14:anchorId="554CE5D1" id="Düz Bağlayıcı 2" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-10.35pt,11.8pt" to="471.85pt,14.55pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD2vbbcsAEAAKYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v1DAQvSP1P1i+s8nu0qWNNttDq3JB&#10;UAHl7jrjjYW/ZJtN9t8znmzTihYJIS6W43nz/N7zZHs1WsMOEJP2ruXLRc0ZOOk77fYtv/92+/aC&#10;s5SF64TxDlp+hMSvdmdvtkNoYOV7bzqIDElcaobQ8j7n0FRVkj1YkRY+gMOi8tGKjJ9xX3VRDMhu&#10;TbWq6001+NiF6CWkhKc3U5HviF8pkPmzUgkyMy1HbZnWSOtDWavdVjT7KEKv5UmG+AcVVmiHl85U&#10;NyIL9jPqF1RWy+iTV3khva28UloCeUA3y/o3N197EYC8YDgpzDGl/0crPx2u3V3EGIaQmhTuYnEx&#10;qmiZMjp8xzclX6iUjRTbcY4NxswkHm6Wq/X7+pIzibX1u816U2KtJppCF2LKH8BbVjYtN9oVV6IR&#10;h48pT9BHSDk2jg0tvzxfnRPPkzDa5aOBCfUFFNMdCpgk0szAtYnsIPC1ux/LkwzjEFlalDZmbqpJ&#10;wh+bTtjSBjRHf9s4o+lG7/LcaLXz8bVb8/goVU14TO+Z17J98N2RnokKOAwU8Glwy7Q9/6b2p99r&#10;9wsAAP//AwBQSwMEFAAGAAgAAAAhAMCK7nbgAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj9FK&#10;w0AQRd8F/2EZwZfSbppqbdJsihSEgigY+wHb7DQJzc7G7CaNf+/4pI9z53DnTLabbCtG7H3jSMFy&#10;EYFAKp1pqFJw/HyZb0D4oMno1hEq+EYPu/z2JtOpcVf6wLEIleAS8qlWUIfQpVL6skar/cJ1SLw7&#10;u97qwGNfSdPrK5fbVsZRtJZWN8QXat3hvsbyUgxWwSF5qzbjI72ar+PFH4bZe7GnmVL3d9PzFkTA&#10;KfzB8KvP6pCz08kNZLxoFczj6IlRBfFqDYKB5GHFwYmDZAkyz+T/D/IfAAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAPa9ttywAQAApgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAMCK7nbgAAAACQEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAAAXBQAAAAA=&#10;" strokecolor="black [3200]">
                 <v:stroke joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="007359A8" w:rsidRPr="008E79F7">
+      <w:r w:rsidRPr="008E79F7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>DOI:</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6406" w:rsidRPr="00BF746D">
+      <w:r w:rsidRPr="00BF746D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:highlight w:val="red"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>XXXXXXXXXXXXXXXXXXXXXX</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2709FCEB" w14:textId="77777777" w:rsidR="00B85639" w:rsidRPr="00871262" w:rsidRDefault="00B85639" w:rsidP="007359A8">
+    <w:p w14:paraId="3BAAD76A" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00871262" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="543CF4BA" w14:textId="479FAEF6" w:rsidR="006D1FE9" w:rsidRPr="00871262" w:rsidRDefault="0033768E" w:rsidP="006D1FE9">
+    <w:p w14:paraId="2416CAB0" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00871262" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk212442678"/>
       <w:commentRangeStart w:id="1"/>
       <w:r w:rsidRPr="0033768E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Write the title in sentence case (capitalize only the first word; proper nouns and abbreviations should be capitalized as appropriate). (Title)</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="1"/>
-[...12 lines deleted...]
-      </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="1FF8F32C" w14:textId="77777777" w:rsidR="00B26546" w:rsidRPr="00871262" w:rsidRDefault="00B26546" w:rsidP="006D1FE9">
+    <w:p w14:paraId="196A78DD" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00871262" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A76B44C" w14:textId="29DFA573" w:rsidR="006D1FE9" w:rsidRPr="005847A0" w:rsidRDefault="002D6D35" w:rsidP="006B0FC9">
+    <w:p w14:paraId="24AB6F3C" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="005847A0" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Hlk212443121"/>
-      <w:commentRangeStart w:id="3"/>
       <w:r w:rsidRPr="002D6D35">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Başlığı cümle düzeninde yazın (yalnızca ilk kelimenin ilk harfi, özel adlar ve kısaltmalar büyük yazılır) (Başlık)</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="3"/>
-      <w:r w:rsidRPr="005847A0">
+      <w:commentRangeEnd w:id="1"/>
+      <w:r w:rsidR="007E5BE6" w:rsidRPr="005847A0">
         <w:rPr>
           <w:rStyle w:val="AklamaBavurusu"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:commentReference w:id="3"/>
+        <w:commentReference w:id="1"/>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:p w14:paraId="3E269833" w14:textId="77777777" w:rsidR="00513ADD" w:rsidRPr="00871262" w:rsidRDefault="00513ADD" w:rsidP="006B0FC9">
+    <w:p w14:paraId="5FD70612" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00871262" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F397024" w14:textId="5E81C5C9" w:rsidR="001A0FD0" w:rsidRPr="0051245C" w:rsidRDefault="00360C6F" w:rsidP="001A0FD0">
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="5710BFFF" w14:textId="1414C725" w:rsidR="00BD6A35" w:rsidRPr="0051245C" w:rsidRDefault="00BD6A35" w:rsidP="00744B59">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00871262">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251651072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="67B63363" wp14:editId="038DE50E">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1091FD46" wp14:editId="4BAE2CF0">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-89535</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>196850</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6164753" cy="34636"/>
                 <wp:effectExtent l="0" t="0" r="26670" b="22860"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1108635278" name="Düz Bağlayıcı 1108635278"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm flipV="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="6164753" cy="34636"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:ln w="9525"/>
@@ -343,80 +326,70 @@
                         <a:fillRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="11B091D1" id="Düz Bağlayıcı 1108635278" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251651072;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-7.05pt,15.5pt" to="478.35pt,18.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAIcmoYsAEAAKYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815LtWG0FyzkkaC9F&#10;G/R1Z6ilRZQvkKwl/32XK0cJ+gCKoheC4s4OZ4ar/fVkDTtBTNq7jq9XNWfgpO+1O3b8y+c3L15x&#10;lrJwvTDeQcfPkPj14fmz/Rha2PjBmx4iQxKX2jF0fMg5tFWV5ABWpJUP4LCofLQi42c8Vn0UI7Jb&#10;U23quqlGH/sQvYSU8PR2LvID8SsFMn9QKkFmpuOoLdMaab0va3XYi/YYRRi0vMgQ/6DCCu3w0oXq&#10;VmTBvkf9C5XVMvrkVV5JbyuvlJZAHtDNuv7JzadBBCAvGE4KS0zp/9HK96cbdxcxhjGkNoW7WFxM&#10;KlqmjA5f8U3JFyplE8V2XmKDKTOJh826uXq523Imsba9arZNibWaaQpdiCm/BW9Z2XTcaFdciVac&#10;3qU8Qx8g5dg4Nnb89W6zI55HYbTLZwMz6iMopnsUMEukmYEbE9lJ4Gv339YXGcYhsrQobczSVJOE&#10;PzZdsKUNaI7+tnFB043e5aXRaufj727N04NUNeMxvSdey/be92d6JirgMFDAl8Et0/b0m9off6/D&#10;DwAAAP//AwBQSwMEFAAGAAgAAAAhALsQHhngAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj9FK&#10;w0AQRd8F/2EZwZfSbqImtjGbIgWhIBWM/YBtdkxCs7Mxu0nj3zs+6ePMHO6cm29n24kJB986UhCv&#10;IhBIlTMt1QqOHy/LNQgfNBndOUIF3+hhW1xf5Toz7kLvOJWhFhxCPtMKmhD6TEpfNWi1X7keiW+f&#10;brA68DjU0gz6wuG2k3dRlEqrW+IPje5x12B1LkerYL851OspoVfzdTz7/bh4K3e0UOr2Zn5+AhFw&#10;Dn8w/OqzOhTsdHIjGS86Bcv4IWZUwX3MnRjYJOkjiBMv0gRkkcv/DYofAAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAAhyahiwAQAApgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhALsQHhngAAAACQEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAAAXBQAAAAA=&#10;" strokecolor="black [3200]">
+              <v:line w14:anchorId="4DDFA72A" id="Düz Bağlayıcı 1108635278" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-7.05pt,15.5pt" to="478.35pt,18.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAIcmoYsAEAAKYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815LtWG0FyzkkaC9F&#10;G/R1Z6ilRZQvkKwl/32XK0cJ+gCKoheC4s4OZ4ar/fVkDTtBTNq7jq9XNWfgpO+1O3b8y+c3L15x&#10;lrJwvTDeQcfPkPj14fmz/Rha2PjBmx4iQxKX2jF0fMg5tFWV5ABWpJUP4LCofLQi42c8Vn0UI7Jb&#10;U23quqlGH/sQvYSU8PR2LvID8SsFMn9QKkFmpuOoLdMaab0va3XYi/YYRRi0vMgQ/6DCCu3w0oXq&#10;VmTBvkf9C5XVMvrkVV5JbyuvlJZAHtDNuv7JzadBBCAvGE4KS0zp/9HK96cbdxcxhjGkNoW7WFxM&#10;KlqmjA5f8U3JFyplE8V2XmKDKTOJh826uXq523Imsba9arZNibWaaQpdiCm/BW9Z2XTcaFdciVac&#10;3qU8Qx8g5dg4Nnb89W6zI55HYbTLZwMz6iMopnsUMEukmYEbE9lJ4Gv339YXGcYhsrQobczSVJOE&#10;PzZdsKUNaI7+tnFB043e5aXRaufj727N04NUNeMxvSdey/be92d6JirgMFDAl8Et0/b0m9off6/D&#10;DwAAAP//AwBQSwMEFAAGAAgAAAAhALsQHhngAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj9FK&#10;w0AQRd8F/2EZwZfSbqImtjGbIgWhIBWM/YBtdkxCs7Mxu0nj3zs+6ePMHO6cm29n24kJB986UhCv&#10;IhBIlTMt1QqOHy/LNQgfNBndOUIF3+hhW1xf5Toz7kLvOJWhFhxCPtMKmhD6TEpfNWi1X7keiW+f&#10;brA68DjU0gz6wuG2k3dRlEqrW+IPje5x12B1LkerYL851OspoVfzdTz7/bh4K3e0UOr2Zn5+AhFw&#10;Dn8w/OqzOhTsdHIjGS86Bcv4IWZUwX3MnRjYJOkjiBMv0gRkkcv/DYofAAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAAhyahiwAQAApgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhALsQHhngAAAACQEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAAAXBQAAAAA=&#10;" strokecolor="black [3200]">
                 <v:stroke joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00DE6885" w:rsidRPr="00871262">
-[...10 lines deleted...]
-      <w:r w:rsidR="001A0FD0" w:rsidRPr="00724C0A">
+      <w:bookmarkStart w:id="3" w:name="_Hlk209316289"/>
+      <w:r w:rsidRPr="00724C0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="40D08A6D" wp14:editId="1B5B3C02">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="73FECA1A" wp14:editId="109C3C43">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-89535</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>196850</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6164753" cy="34636"/>
                 <wp:effectExtent l="0" t="0" r="26670" b="22860"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1132477355" name="Düz Bağlayıcı 1132477355"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm flipV="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="6164753" cy="34636"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:ln w="9525"/>
@@ -428,892 +401,688 @@
                         <a:fillRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="4AC6ADF0" id="Düz Bağlayıcı 1132477355" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-7.05pt,15.5pt" to="478.35pt,18.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAIcmoYsAEAAKYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815LtWG0FyzkkaC9F&#10;G/R1Z6ilRZQvkKwl/32XK0cJ+gCKoheC4s4OZ4ar/fVkDTtBTNq7jq9XNWfgpO+1O3b8y+c3L15x&#10;lrJwvTDeQcfPkPj14fmz/Rha2PjBmx4iQxKX2jF0fMg5tFWV5ABWpJUP4LCofLQi42c8Vn0UI7Jb&#10;U23quqlGH/sQvYSU8PR2LvID8SsFMn9QKkFmpuOoLdMaab0va3XYi/YYRRi0vMgQ/6DCCu3w0oXq&#10;VmTBvkf9C5XVMvrkVV5JbyuvlJZAHtDNuv7JzadBBCAvGE4KS0zp/9HK96cbdxcxhjGkNoW7WFxM&#10;KlqmjA5f8U3JFyplE8V2XmKDKTOJh826uXq523Imsba9arZNibWaaQpdiCm/BW9Z2XTcaFdciVac&#10;3qU8Qx8g5dg4Nnb89W6zI55HYbTLZwMz6iMopnsUMEukmYEbE9lJ4Gv339YXGcYhsrQobczSVJOE&#10;PzZdsKUNaI7+tnFB043e5aXRaufj727N04NUNeMxvSdey/be92d6JirgMFDAl8Et0/b0m9off6/D&#10;DwAAAP//AwBQSwMEFAAGAAgAAAAhALsQHhngAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj9FK&#10;w0AQRd8F/2EZwZfSbqImtjGbIgWhIBWM/YBtdkxCs7Mxu0nj3zs+6ePMHO6cm29n24kJB986UhCv&#10;IhBIlTMt1QqOHy/LNQgfNBndOUIF3+hhW1xf5Toz7kLvOJWhFhxCPtMKmhD6TEpfNWi1X7keiW+f&#10;brA68DjU0gz6wuG2k3dRlEqrW+IPje5x12B1LkerYL851OspoVfzdTz7/bh4K3e0UOr2Zn5+AhFw&#10;Dn8w/OqzOhTsdHIjGS86Bcv4IWZUwX3MnRjYJOkjiBMv0gRkkcv/DYofAAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAAhyahiwAQAApgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhALsQHhngAAAACQEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAAAXBQAAAAA=&#10;" strokecolor="black [3200]">
+              <v:line w14:anchorId="1770B598" id="Düz Bağlayıcı 1132477355" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-7.05pt,15.5pt" to="478.35pt,18.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAIcmoYsAEAAKYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815LtWG0FyzkkaC9F&#10;G/R1Z6ilRZQvkKwl/32XK0cJ+gCKoheC4s4OZ4ar/fVkDTtBTNq7jq9XNWfgpO+1O3b8y+c3L15x&#10;lrJwvTDeQcfPkPj14fmz/Rha2PjBmx4iQxKX2jF0fMg5tFWV5ABWpJUP4LCofLQi42c8Vn0UI7Jb&#10;U23quqlGH/sQvYSU8PR2LvID8SsFMn9QKkFmpuOoLdMaab0va3XYi/YYRRi0vMgQ/6DCCu3w0oXq&#10;VmTBvkf9C5XVMvrkVV5JbyuvlJZAHtDNuv7JzadBBCAvGE4KS0zp/9HK96cbdxcxhjGkNoW7WFxM&#10;KlqmjA5f8U3JFyplE8V2XmKDKTOJh826uXq523Imsba9arZNibWaaQpdiCm/BW9Z2XTcaFdciVac&#10;3qU8Qx8g5dg4Nnb89W6zI55HYbTLZwMz6iMopnsUMEukmYEbE9lJ4Gv339YXGcYhsrQobczSVJOE&#10;PzZdsKUNaI7+tnFB043e5aXRaufj727N04NUNeMxvSdey/be92d6JirgMFDAl8Et0/b0m9off6/D&#10;DwAAAP//AwBQSwMEFAAGAAgAAAAhALsQHhngAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj9FK&#10;w0AQRd8F/2EZwZfSbqImtjGbIgWhIBWM/YBtdkxCs7Mxu0nj3zs+6ePMHO6cm29n24kJB986UhCv&#10;IhBIlTMt1QqOHy/LNQgfNBndOUIF3+hhW1xf5Toz7kLvOJWhFhxCPtMKmhD6TEpfNWi1X7keiW+f&#10;brA68DjU0gz6wuG2k3dRlEqrW+IPje5x12B1LkerYL851OspoVfzdTz7/bh4K3e0UOr2Zn5+AhFw&#10;Dn8w/OqzOhTsdHIjGS86Bcv4IWZUwX3MnRjYJOkjiBMv0gRkkcv/DYofAAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAAhyahiwAQAApgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhALsQHhngAAAACQEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAAAXBQAAAAA=&#10;" strokecolor="black [3200]">
                 <v:stroke joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="001A0FD0" w:rsidRPr="005113EE">
-[...70 lines deleted...]
-    <w:p w14:paraId="07EB5E82" w14:textId="198FE853" w:rsidR="00360C6F" w:rsidRPr="001A0FD0" w:rsidRDefault="00360C6F" w:rsidP="006B0FC9">
+    </w:p>
+    <w:p w14:paraId="38A28336" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="001A0FD0" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2FE71B9D" w14:textId="77777777" w:rsidR="006B0FC9" w:rsidRPr="00871262" w:rsidRDefault="006B0FC9" w:rsidP="001960F4">
+    <w:p w14:paraId="4D9085D5" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00871262" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-[...1 lines deleted...]
-      <w:pPr>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w14:paraId="735D5760" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00871262" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
+      <w:pPr>
+        <w:ind w:left="2268"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EEDEF77" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00871262" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
+      <w:pPr>
+        <w:ind w:left="2268"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69089027" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00871262" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
+      <w:pPr>
+        <w:ind w:left="2268"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:commentRangeStart w:id="4"/>
+      <w:commentRangeStart w:id="5"/>
+      <w:r w:rsidRPr="00871262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ABSTRACT</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="4"/>
+      <w:r w:rsidRPr="00871262">
+        <w:rPr>
+          <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:commentReference w:id="4"/>
+      </w:r>
+      <w:commentRangeEnd w:id="5"/>
+      <w:r w:rsidR="00DD43AC" w:rsidRPr="00871262">
+        <w:rPr>
+          <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:commentReference w:id="5"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="088F25E7" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00871262" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
+      <w:pPr>
+        <w:ind w:left="2268"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76ADBA73" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00871262" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
+      <w:pPr>
+        <w:ind w:left="2268"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Xxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxx</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01D6BC13" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00871262" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25F9E6C4" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00871262" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
+      <w:pPr>
+        <w:ind w:left="2268"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F16BA14" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00871262" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
+      <w:pPr>
+        <w:ind w:left="2268"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25ED900C" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00724C0A" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
+      <w:pPr>
+        <w:ind w:left="2268"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00724C0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Keywords:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00724C0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:vertAlign w:val="superscript"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:commentRangeStart w:id="6"/>
-      <w:r w:rsidRPr="005113EE">
-[...22 lines deleted...]
-      <w:r w:rsidRPr="005113EE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...4 lines deleted...]
-      <w:pPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Xxxxxxxxxxxx</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00724C0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:vertAlign w:val="superscript"/>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="005113EE">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...25 lines deleted...]
-      <w:r w:rsidRPr="005113EE">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Xxxxxxxxxxx</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00724C0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...200 lines deleted...]
-      <w:r w:rsidRPr="00724C0A">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>Xxxxxxxxxxxxxx</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00724C0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Xxxxxxxxxxxx</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00724C0A">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
+        <w:t>Xxxxxxxxxxxxxxx, Xxxxxxxxxx, Xxxxxxxxx</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="6"/>
+      <w:r w:rsidRPr="00724C0A">
+        <w:rPr>
+          <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:commentReference w:id="6"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25BBDCBA" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00871262" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
+      <w:pPr>
+        <w:ind w:left="2268"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="330F802C" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00871262" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
+      <w:pPr>
+        <w:ind w:left="2268"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74B4DF17" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00871262" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
+      <w:pPr>
+        <w:ind w:left="2268"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00871262">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ÖZ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59DF5DA8" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00871262" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
+      <w:pPr>
+        <w:ind w:left="2268"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6918C9E0" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
+      <w:pPr>
+        <w:ind w:left="2268"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Xxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxx.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77057A07" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00F04FD5" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
+      <w:pPr>
+        <w:ind w:left="2268"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28274EB6" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00871262" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
+      <w:pPr>
+        <w:ind w:left="2268"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="070372D0" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00724C0A" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
+      <w:pPr>
+        <w:ind w:left="2268"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:commentRangeStart w:id="7"/>
+      <w:r w:rsidRPr="005B5842">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Anahtar Kelimeler</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B5842">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Xxxxxxxxxxx</w:t>
+        <w:t>Xxxxxxxxxxxx</w:t>
       </w:r>
       <w:r w:rsidRPr="00724C0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Xxxxxxxxxxxxxx</w:t>
+        <w:t>Xxxxxxxxxxx</w:t>
       </w:r>
       <w:r w:rsidRPr="00724C0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Xxxxxxxxxxxxxxx, Xxxxxxxxxx, Xxxxxxxxx</w:t>
-[...1 lines deleted...]
-      <w:commentRangeEnd w:id="9"/>
+        <w:t>Xxxxxxxxxxxxxx</w:t>
+      </w:r>
       <w:r w:rsidRPr="00724C0A">
-        <w:rPr>
-[...145 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Xxxxxxxxxxxx</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00724C0A">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...5 lines deleted...]
-          <w:iCs/>
+        <w:t>Xxxxxxxxxxxxxxx, Xxxxxxxxxx, Xxxxxxxxx</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="7"/>
+      <w:r w:rsidRPr="00724C0A">
+        <w:rPr>
+          <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Xxxxxxxxxxx</w:t>
-[...57 lines deleted...]
-    <w:p w14:paraId="42AA1159" w14:textId="075149CD" w:rsidR="008330F1" w:rsidRPr="00871262" w:rsidRDefault="008330F1" w:rsidP="001335DC">
+        <w:commentReference w:id="7"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A584F1C" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00871262" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:sectPr w:rsidR="008330F1" w:rsidRPr="00871262" w:rsidSect="00A02C1B">
-[...1 lines deleted...]
-          <w:headerReference w:type="first" r:id="rId13"/>
+        <w:sectPr w:rsidR="00BD6A35" w:rsidRPr="00871262" w:rsidSect="00BD6A35">
+          <w:headerReference w:type="default" r:id="rId11"/>
+          <w:headerReference w:type="first" r:id="rId12"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
           <w:cols w:space="300"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="08F76DC2" w14:textId="2C33B86B" w:rsidR="00A57F84" w:rsidRPr="00871262" w:rsidRDefault="00A57F84" w:rsidP="001335DC">
+    <w:p w14:paraId="18DFABD5" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00871262" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00A57F84" w:rsidRPr="00871262" w:rsidSect="00A57F84">
+        <w:sectPr w:rsidR="00BD6A35" w:rsidRPr="00871262" w:rsidSect="00BD6A35">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
           <w:cols w:space="300"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C30C5CF" w14:textId="77777777" w:rsidR="00F661D1" w:rsidRPr="00724C0A" w:rsidRDefault="003644D1" w:rsidP="00F661D1">
+    <w:p w14:paraId="57CFC8DE" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00724C0A" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00871262">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
-      <w:commentRangeStart w:id="11"/>
-      <w:r w:rsidR="00F661D1" w:rsidRPr="00724C0A">
+      <w:commentRangeStart w:id="8"/>
+      <w:r w:rsidRPr="00724C0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>INTRODUCTION</w:t>
       </w:r>
-      <w:r w:rsidR="00F661D1">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>/GİRİŞ</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="11"/>
-      <w:r w:rsidR="00F661D1" w:rsidRPr="00724C0A">
+      <w:commentRangeEnd w:id="8"/>
+      <w:r w:rsidRPr="00724C0A">
         <w:rPr>
           <w:rStyle w:val="AklamaBavurusu"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:commentReference w:id="11"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="56217941" w14:textId="77777777" w:rsidR="00F661D1" w:rsidRPr="00724C0A" w:rsidRDefault="00F661D1" w:rsidP="00F661D1">
+        <w:commentReference w:id="8"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5959D938" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00724C0A" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5D359165" w14:textId="77777777" w:rsidR="00F661D1" w:rsidRPr="00724C0A" w:rsidRDefault="00F661D1" w:rsidP="00F661D1">
+    <w:p w14:paraId="66EF1AC0" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00724C0A" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Xxxxxxxxxxx xxxx xxxxxxxxxxxx xxxxxxxx xxxxxxx xxxxxx  xxxxxx xxxxxxxxxxx xxxxxxxxx xxxxxxx xxxxx xxxx xxxxxx xxxxxxxxxx xxxxxxxxxxxxxxxx xxxxxx xxxxxx xxxxx xxxxxx </w:t>
       </w:r>
       <w:r w:rsidRPr="00724C0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
@@ -1361,51 +1130,51 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (3). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Xxxxxxxxxxxxxxxx xxxxxxxxxxxxxxxx xxxxxx xxxxxx xxxxxxxxx xxxxxxxxxxx xxxxxxx xxxxxx xxxxxxx xxxxx xxxxxxxxxxxx xxxxxxx xxxxxxxxxxxx xxxxxxxxxxx </w:t>
       </w:r>
       <w:r w:rsidRPr="00724C0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>(4).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B17C746" w14:textId="77777777" w:rsidR="00F661D1" w:rsidRPr="00724C0A" w:rsidRDefault="00F661D1" w:rsidP="00F661D1">
+    <w:p w14:paraId="7DE216AE" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00724C0A" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00724C0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
@@ -1423,63 +1192,63 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (5,6). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Xxxxxxxxx xxxxxxxxxxxxxxxx xxxxx xxxxxxxx  xxxxxx xxxxxxxxxxx xxxxxxxxxxx xxxxxxxxxxxx xxxxxxxxxxxxxxxxx xxxxxxxxxxxxxxxx xxxxxxxx xxxxxxxxxxxxxxxxxxxxxx xxxxxxxxxxx xxxxxxxxx xxxxxx xxxxxxxxx xxxxx xxxxxxxxxxxxxxxx xxxxxxxxxxxxx xxxxxxxxxxxxxxx xxxxxxxxxxxx xxxx xxxxxxxxxx xxxxxxxx xxxxxxx xxxxxxxxxxx xxxxxxxx </w:t>
       </w:r>
       <w:r w:rsidRPr="00724C0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">(7,8). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B1D6F49" w14:textId="0A44C4BD" w:rsidR="00CA6206" w:rsidRPr="00871262" w:rsidRDefault="00CA6206" w:rsidP="00F661D1">
+    <w:p w14:paraId="658D16BB" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00871262" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="22417A80" w14:textId="77777777" w:rsidR="005D1010" w:rsidRPr="00724C0A" w:rsidRDefault="005D1010" w:rsidP="005D1010">
+    <w:p w14:paraId="70ADF825" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00724C0A" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Xxxxxxxxxxx xxxx xxxxxxxxxxxx xxxxxxxx xxxxxxx xxxxxx  xxxxxx xxxxxxxxxxx xxxxxxxxx xxxxxxx xxxxx xxxx xxxxxx xxxxxxxxxx xxxxxxxxxxxxxxxx xxxxxx xxxxxx xxxxx xxxxxx </w:t>
       </w:r>
       <w:r w:rsidRPr="00724C0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
@@ -1607,51 +1376,51 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00724C0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>4).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45054F66" w14:textId="77777777" w:rsidR="005D1010" w:rsidRDefault="005D1010" w:rsidP="005D1010">
+    <w:p w14:paraId="5D159914" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00724C0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
@@ -1709,77 +1478,77 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>14</w:t>
       </w:r>
       <w:r w:rsidRPr="00724C0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77C3E028" w14:textId="77777777" w:rsidR="005D1010" w:rsidRPr="00724C0A" w:rsidRDefault="005D1010" w:rsidP="005D1010">
+    <w:p w14:paraId="209E7500" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00724C0A" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="307B5226" w14:textId="77777777" w:rsidR="005D1010" w:rsidRDefault="005D1010" w:rsidP="005D1010">
+    <w:p w14:paraId="79FB4794" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="12"/>
+      <w:commentRangeStart w:id="9"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="001019C6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ubheading</w:t>
@@ -1827,123 +1596,123 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Statistical Analysis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="12"/>
+      <w:commentRangeEnd w:id="9"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="AklamaBavurusu"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:commentReference w:id="12"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="5EF097A9" w14:textId="77777777" w:rsidR="00B64960" w:rsidRPr="00724C0A" w:rsidRDefault="00B64960" w:rsidP="005D1010">
+        <w:commentReference w:id="9"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37F5FD04" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00724C0A" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F47F912" w14:textId="47B517C5" w:rsidR="004B4E4E" w:rsidRDefault="005D1010" w:rsidP="004B4E4E">
+    <w:p w14:paraId="72F84CDB" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Xxxxxxxxxx xxxxxxxxxx xxxxxxxxxxx xxxxxxxx xxxxxxxx xxxxxxxx xxxxxxxxxxxx xxxxxx xxxxxxxxxx xxxxxx xxxxxxx xxxxxxxx xxxxxxxxxxxxx xxxxxxx xxxxx xxxxxxx xxxxxxxxxx xxxxxxxxxxxxxxxx xxxxxxxxxxxx xxxxxx xxxxxxxxxx xxxxxxxxx xxxxxxxxxxxxxxxx xxxxxxxx xxxxxxx xxxxxxxx xxxxxxxxxxxxx xxxxxxxx xxxxxxx xxxxxxxxx xxxxxxxxxxx xxxxxxxx   xxxxxxxxxx xxxxxx xxxxxxx xxxxxxxxxxx xxxxxxxxxxx xxxxxxxxx xxxxxx xxxxxxxxx xxxxxxxxxxxxxxx xxxxxxxxxx xxxxxxxxxx xxxxxxxxxxx xxxxxxxxxxxxxxx xxxxxxxxx xxxxxxxx xxxxxxxxx xxxxxxxxxxxxxxxxxxx xxxxxxxxxxxxx xxxxxxxxxxxx xxxxxxxxxxxxxxx xxxxxx xxxxxxxxxx xxxxxx xxxxxxxxxxxxxxxxx xxxxxxxxxxxx xxxxxxxxxxx xxxxxxxxxxxxxxxx</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004B4E4E" w:rsidRPr="00871262">
+      <w:r w:rsidRPr="00871262">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">(Table 1).   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E8CFA54" w14:textId="77777777" w:rsidR="007B0998" w:rsidRDefault="00273750" w:rsidP="005D1010">
+    <w:p w14:paraId="3AA9558F" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Xxxxxxxxxxx xxxxxxx xxxxxxxx xxxxxxxxxx xxxxxxx xxxxxxxxxxxxxxxxx xxxxxxx xxxx xxxxxxxxxxxx xxxxxxxx xxxxxxx xxxxxx  xxxxxx xxxxxxxxxxx xxxxxxxxx xxxxxxx xxxxx xxxx xxxxxx xxxxxxxxxx xxxxxxxxxxxxxxxx xxxxxx xxxxxx xxxxx xxxxxx </w:t>
       </w:r>
       <w:r w:rsidRPr="00724C0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
@@ -2082,412 +1851,372 @@
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00724C0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>4)</w:t>
       </w:r>
-      <w:r w:rsidR="007B0998">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5ED90A25" w14:textId="77777777" w:rsidR="007B0998" w:rsidRDefault="007B0998" w:rsidP="005D1010">
+    <w:p w14:paraId="0D442D4A" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6FFFB512" w14:textId="716C3278" w:rsidR="005D1010" w:rsidRDefault="004B4E4E" w:rsidP="005D1010">
+    <w:p w14:paraId="0B8A174C" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00871262">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:commentRangeStart w:id="13"/>
-      <w:r w:rsidR="005D1010">
+      <w:commentRangeStart w:id="10"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="005D1010" w:rsidRPr="001019C6">
+      <w:r w:rsidRPr="001019C6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ubheading</w:t>
       </w:r>
-      <w:r w:rsidR="005D1010">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>/Alt Başlık(örnek/</w:t>
       </w:r>
-      <w:r w:rsidR="005D1010" w:rsidRPr="005B7042">
+      <w:r w:rsidRPr="005B7042">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>example</w:t>
       </w:r>
-      <w:r w:rsidR="005D1010">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="005D1010" w:rsidRPr="00724C0A">
+      <w:r w:rsidRPr="00724C0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Statistical Analysis</w:t>
       </w:r>
-      <w:r w:rsidR="005D1010">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="13"/>
-      <w:r w:rsidR="005D1010">
+      <w:commentRangeEnd w:id="10"/>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="AklamaBavurusu"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:commentReference w:id="13"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="4053DF63" w14:textId="77777777" w:rsidR="00B64960" w:rsidRPr="00273750" w:rsidRDefault="00B64960" w:rsidP="005D1010">
+        <w:commentReference w:id="10"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BAC86EA" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00273750" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B05845D" w14:textId="77777777" w:rsidR="007B0998" w:rsidRDefault="005D1010" w:rsidP="005D1010">
+    <w:p w14:paraId="34C0A3B6" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Xxxxxxxxxx xxxxxxxxxx xxxxxxxxxxx xxxxxxxx xxxxxxxx xxxxxxxx xxxxxxxxxxxx xxxxxx xxxxxxxxxx xxxxxx xxxxxxx xxxxxxxx xxxxxxxxxxxxx xxxxxxx xxxxx xxxxxxx xxxxxxxxxx xxxxxxxxxxxxxxxx xxxxxxxxxxxx xxxxxx xxxxxxxxxx xxxxxxxxx xxxxxxxxxxxxxxxx xxxxxxxx xxxxxxx xxxxxxxx xxxxxxxxxxxxx xxxxxxxx xxxxxxx xxxxxxxxx xxxxxxxxxxx xxxxxxxx   xxxxxxxxxx xxxxxx xxxxxxx xxxxxxxxxxx xxxxxxxxxxx xxxxxxxxx xxxxxx xxxxxxxxx xxxxxxxxxxxxxxx xxxxxxxxxx xxxxxxxxxx xxxxxxxxxxx xxxxxxxxxxxxxxx xxxxxxxxx xxxxxxxx xxxxxxxxx xxxxxxxxxxxxxxxxxxx xxxxxxxxxxxxx xxxxxxxxxxxx xxxxxxxxxxxxxxx xxxxxx xxxxxxxxxx xxxxxx xxxxxxxxxxxxxxxxx xxxxxxxxxxxx xxxxxxxxxxx xxxxxxxxxxxxxxxx</w:t>
       </w:r>
-      <w:r w:rsidR="007B0998">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FD26129" w14:textId="5ED68C1C" w:rsidR="005D1010" w:rsidRPr="005D1010" w:rsidRDefault="007B0998" w:rsidP="007B0998">
+    <w:p w14:paraId="5D555BC0" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="005D1010" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Xxxxxxxxxx xxxxxxxxxx xxxxxxxxxxx xxxxxxxx xxxxxxxx xxxxxxxx xxxxxxxxxxxx xxxxxx xxxxxxxxxx xxxxxx xxxxxxx xxxxxxxx xxxxxxxxxxxxx xxxxxxx xxxxx xxxxxxx xxxxxxxxxx xxxxxxxxxxxxxxxx xxxxxxxxxxxx xxxxxx xxxxxxxxxx xxxxxxxxx xxxxxxxxxxxxxxxx xxxxxxxx xxxxxxx xxxxxxxx xxxxxxxxxxxxx xxxxxxxx xxxxxxx xxxxxxxxx xxxxxxxxxxx xxxxxxxx   xxxxxxxxxx xxxxxx xxxxxxx xxxxxxxxxxx xxxxxxxxxxx xxxxxxxxx xxxxxx xxxxxxxxx xxxxxxxxxxxxxxx xxxxxxxxxx xxxxxxxxxx xxxxxxxxxxx xxxxxxxxxxxxxxx xxxxxxxxx xxxxxxxx xxxxxxxxx xxxxxxxxxxxxxxxxxxx xxxxxxxxxxxxx xxxxxxxxxxxx xxxxxxxxxxxxxxx xxxxxx xxxxxxxxxx xxxxxx xxxxxxxxxxxxxxxxx xxxxxxxxxxxx xxxxxxxxxxx xxxxxxxxxxxxxxxx xxxxxxxxxxxx xxxxxxxxxxxxx xxxxxxxxxxxxxxxxx xxxxxxxxxxxxxxxxx xxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxx </w:t>
       </w:r>
       <w:r w:rsidRPr="00724C0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (5,6)</w:t>
       </w:r>
-      <w:r w:rsidR="00D9328E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="005D1010" w:rsidRPr="00871262">
+      <w:r w:rsidRPr="00871262">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D9328E">
-[...59 lines deleted...]
-      <w:r w:rsidR="00D9328E" w:rsidRPr="00724C0A">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Xxxxxxxxxx xxxxxxxxxx xxxxxxxxxxx xxxxxxxx xxxxxxxx xxxxxxxx xxxxxxxxxxxx xxxxxx xxxxxxxxxx xxxxxx xxxxxxx xxxxxxxx xxxxxxxxxxxxx xxxxxxx xxxxx xxxxxxx xxxxxxxxxx xxxxxxxxxxxxxxxx xxxxxxxxxxxx xxxxxx xxxxxxxxxx xxxxxxxxx xxxxxxxxxxxxxxxx xxxxxxxx xxxxxxx xxxxxxxx xxxxxxxxxxxxx xxxxxxxx xxxxxxx xxxxxxxxx xxxxxxxxxxx xxxxxxxx   xxxxxxxxxx xxxxxx xxxxxxx xxxxxxxxxxx xxxxxxxxxxx xxxxxxxxx xxxxxx xxxxxxxxx xxxxxxxxxxxxxxx xxxxxxxxxx xxxxxxxxxx xxxxxxxxxxx xxxxxxxxxxxxxxx xxxxxxxxx xxxxxxxx xxxxxxxxx xxxxxxxxxxxxxxxxxxx xxxxxxxxxxxxx xxxxxxxxxxxx xxxxxxxxxxxxxxx xxxxxx xxxxxxxxxx xxxxxx xxxxxxxxxxxxxxxxx xxxxxxxxxxxx xxxxxxxxxxx xxxxxxxxxxxxxxxx xxxxxxxxxxxx xxxxxxxxxxxxx xxxxxxxxxxxxxxxxx xxxxxxxxxxxxxxxxx xxxxxxxxxxxxx xxxxxxxxx xxxxxxxxxxxxxxx xxxxxxxxxxxx xxxxxxxxxx xxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxx xxxxxxxxxxxxxx xxxxxxxxxxxxxxxx xxxxxxxxxxxxxxxxxxxxx xxxxxxxxxxxxxxxxx xxxxxxxxx xxxxxxxxxxxxx xxxxxxxxxxx xxxxxxxxxxxxxxxxx xxxxxxxxxxx xxxxxxxxx xxxxxxxxxxxxxxxxxxxxxx xxxxxxxxxxxx </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">xxxxxxxxx xxxxxxxxxxxx xxxxxxxxx xxxxxxxxxxx xxxxxxxxxxxxxxxxx xxxxxxxxxxxx xxxxxxxx xxxxxxxxx xxxxxxxxxxxx xxxxxxxxx xxxxxxx xxxxxxxxxxxxxxx xxxxxxxxxxxxxxxxxxxx xxxxxxxxxxxxxx  xxxxxxxxxxx xxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxx xxxxxxxxxx xxxxxxx </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00724C0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidR="00D9328E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2, </w:t>
       </w:r>
-      <w:r w:rsidR="00D9328E" w:rsidRPr="00724C0A">
+      <w:r w:rsidRPr="00724C0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>5).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2674DBE9" w14:textId="405B7F5B" w:rsidR="00933B69" w:rsidRPr="00871262" w:rsidRDefault="004B4E4E" w:rsidP="001A2EA0">
+    <w:p w14:paraId="2EADBE66" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00871262" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00871262">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A20FC0B" w14:textId="77777777" w:rsidR="00C4438E" w:rsidRPr="00724C0A" w:rsidRDefault="00C4438E" w:rsidP="00C4438E">
+    <w:p w14:paraId="5A6E2D3D" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00724C0A" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00724C0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>CONCLUSION</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2500,222 +2229,202 @@
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidRPr="004077DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>SONUÇLAR</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CA594E1" w14:textId="77777777" w:rsidR="00E64C14" w:rsidRPr="00871262" w:rsidRDefault="00E64C14" w:rsidP="004A3EA7">
+    <w:p w14:paraId="4FCA635D" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00871262" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B6E140E" w14:textId="40C8F0FC" w:rsidR="00E841EC" w:rsidRPr="00DC19A2" w:rsidRDefault="000C52EE" w:rsidP="00E841EC">
+    <w:p w14:paraId="2252B756" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00DC19A2" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Xxxxxxxxxx xxxxxxxxxx xxxxxxxxxxx xxxxxxxx xxxxxxxx xxxxxxxx xxxxxxxxxxxx xxxxxx xxxxxxxxxx xxxxxx xxxxxxx xxxxxxxx xxxxxxxxxxxxx xxxxxxx xxxxx xxxxxxx xxxxxxxxxx xxxxxxxxxxxxxxxx xxxxxxxxxxxx xxxxxx xxxxxxxxxx xxxxxxxxx xxxxxxxxxxxxxxxx xxxxxxxx xxxxxxx xxxxxxxx xxxxxxxxxxxxx xxxxxxxx xxxxxxx xxxxxxxxx xxxxxxxxxxx xxxxxxxx   xxxxxxxxxx xxxxxx xxxxxxx xxx</w:t>
-[...19 lines deleted...]
-        <w:t>xxxxxxxx xxxxxxxxxxx xxxxxxxxx xxxxxx xxxxxxxxx xxxxxxxxxxxxxxx xxxxxxxxxx xxxxxxxxxx xxxxxxxxxxx xxxxxxxxxxxxxxx xxxxxxxxx xxxxxxxx xxxxxxxxx xxxxxxxxxxxxxxxxxxx xxxxxxxxxxxxx xxxxxxxxxxxx xxxxxxxxxxxxxxx xxxxxx xxxxxxxxxx xxxxxx xxxxxxxxxxxxxxxxx xxxxxxxxxxxx xxxxxxxxxxx xxxxxxxxxxxxxxxx</w:t>
+        <w:t>Xxxxxxxxxx xxxxxxxxxx xxxxxxxxxxx xxxxxxxx xxxxxxxx xxxxxxxx xxxxxxxxxxxx xxxxxx xxxxxxxxxx xxxxxx xxxxxxx xxxxxxxx xxxxxxxxxxxxx xxxxxxx xxxxx xxxxxxx xxxxxxxxxx xxxxxxxxxxxxxxxx xxxxxxxxxxxx xxxxxx xxxxxxxxxx xxxxxxxxx xxxxxxxxxxxxxxxx xxxxxxxx xxxxxxx xxxxxxxx xxxxxxxxxxxxx xxxxxxxx xxxxxxx xxxxxxxxx xxxxxxxxxxx xxxxxxxx   xxxxxxxxxx xxxxxx xxxxxxx xxxxxxxxxxxxxxx xxxxxxxxxxx xxxxxxxxxxxxxxxxx xxxxxxxxxxxx xxxxxxxxxxxx xxxxxxxxx xxxxxxxx xxxxxxxx xxxxxxxx xxxxxxx xxxxxx xxxxxx xxxxxxxxxxxxxxxxxxxxx xxxxxxxxxxxxxxxxx xxxxxxxxxxx xxxxxxxxx xxxxxx xxxxxxxxx xxxxxxxxxxxxxxx xxxxxxxxxx xxxxxxxxxx xxxxxxxxxxx xxxxxxxxxxxxxxx xxxxxxxxx xxxxxxxx xxxxxxxxx xxxxxxxxxxxxxxxxxxx xxxxxxxxxxxxx xxxxxxxxxxxx xxxxxxxxxxxxxxx xxxxxx xxxxxxxxxx xxxxxx xxxxxxxxxxxxxxxxx xxxxxxxxxxxx xxxxxxxxxxx xxxxxxxxxxxxxxxx</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51EF16A1" w14:textId="77777777" w:rsidR="00541385" w:rsidRPr="00871262" w:rsidRDefault="00541385" w:rsidP="00E841EC">
+    <w:p w14:paraId="5A501BD5" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00871262" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C294E2F" w14:textId="401CA04C" w:rsidR="00541385" w:rsidRDefault="00541385">
+    <w:p w14:paraId="4E48A00E" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4DA58C81" w14:textId="77777777" w:rsidR="00F7398A" w:rsidRPr="00F814AB" w:rsidRDefault="00F7398A" w:rsidP="00F7398A">
+    <w:p w14:paraId="53312595" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00F814AB" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="14"/>
+      <w:commentRangeStart w:id="11"/>
       <w:r w:rsidRPr="00CE713F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>REFERENCES</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidRPr="004077DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>KAYNAKLAR</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="14"/>
-      <w:r w:rsidR="00A608A7" w:rsidRPr="00F814AB">
+      <w:commentRangeEnd w:id="11"/>
+      <w:r w:rsidRPr="00F814AB">
         <w:rPr>
           <w:rStyle w:val="AklamaBavurusu"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:commentReference w:id="14"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="630C0202" w14:textId="77777777" w:rsidR="00F7398A" w:rsidRPr="005C69B6" w:rsidRDefault="00F7398A" w:rsidP="00F7398A">
+        <w:commentReference w:id="11"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F7B9F92" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="005C69B6" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5EB5FC10" w14:textId="3CA3D558" w:rsidR="00F7398A" w:rsidRPr="00800E2D" w:rsidRDefault="00F7398A" w:rsidP="00F7398A">
+    <w:p w14:paraId="64A560BB" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00800E2D" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -2825,64 +2534,64 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00800E2D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>–82.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidR="00612993" w:rsidRPr="006A71B9">
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="006A71B9">
           <w:rPr>
             <w:rStyle w:val="Kpr"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://doi.org/10.xxxx/xxxxx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0693DCE4" w14:textId="5608DA57" w:rsidR="00F7398A" w:rsidRPr="00800E2D" w:rsidRDefault="00F7398A" w:rsidP="00F7398A">
+    <w:p w14:paraId="377CC4B8" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00800E2D" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -2992,64 +2701,64 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00800E2D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>;398(10296):262–76.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidR="00612993" w:rsidRPr="006A71B9">
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="006A71B9">
           <w:rPr>
             <w:rStyle w:val="Kpr"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://doi.org/10.xxxx/xxxxx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="718DB998" w14:textId="2776C412" w:rsidR="00F7398A" w:rsidRPr="00800E2D" w:rsidRDefault="00F7398A" w:rsidP="00F7398A">
+    <w:p w14:paraId="48939811" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00800E2D" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -3195,64 +2904,64 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00800E2D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>;46(12):2445–52.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
-        <w:r w:rsidR="00612993" w:rsidRPr="006A71B9">
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidRPr="006A71B9">
           <w:rPr>
             <w:rStyle w:val="Kpr"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://doi.org/10.xxxx/xxxxx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6515E0D8" w14:textId="24B3E3F7" w:rsidR="00F7398A" w:rsidRPr="00800E2D" w:rsidRDefault="00F7398A" w:rsidP="00F7398A">
+    <w:p w14:paraId="613D9A1E" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00800E2D" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -3308,64 +3017,64 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>27</w:t>
       </w:r>
       <w:r w:rsidRPr="00800E2D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>;28(1):5–10.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidR="00612993" w:rsidRPr="006A71B9">
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="006A71B9">
           <w:rPr>
             <w:rStyle w:val="Kpr"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://doi.org/10.xxxx/xxxxx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="135FBC93" w14:textId="5D0DD74D" w:rsidR="00F7398A" w:rsidRPr="00800E2D" w:rsidRDefault="00F7398A" w:rsidP="00F7398A">
+    <w:p w14:paraId="134E57DA" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00800E2D" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>5.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -3511,64 +3220,64 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
       <w:r w:rsidRPr="00800E2D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>7;79(5):1510–5.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
-        <w:r w:rsidR="00612993" w:rsidRPr="006A71B9">
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidRPr="006A71B9">
           <w:rPr>
             <w:rStyle w:val="Kpr"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://doi.org/10.xxxx/xxxxx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5AD221C7" w14:textId="42A8FF5B" w:rsidR="00F7398A" w:rsidRPr="00800E2D" w:rsidRDefault="00F7398A" w:rsidP="00F7398A">
+    <w:p w14:paraId="3F8D0FB3" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00800E2D" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>6.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -3660,64 +3369,64 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2020</w:t>
       </w:r>
       <w:r w:rsidRPr="00800E2D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>;39(8):787–93.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
-        <w:r w:rsidR="00612993" w:rsidRPr="006A71B9">
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidRPr="006A71B9">
           <w:rPr>
             <w:rStyle w:val="Kpr"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://doi.org/10.xxxx/xxxxx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4A66A8FB" w14:textId="3CD09BBF" w:rsidR="00F7398A" w:rsidRPr="00800E2D" w:rsidRDefault="00F7398A" w:rsidP="00F7398A">
+    <w:p w14:paraId="21A02723" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00800E2D" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>7.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -3809,64 +3518,64 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2023</w:t>
       </w:r>
       <w:r w:rsidRPr="00800E2D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>;36:292–8.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
-        <w:r w:rsidR="00612993" w:rsidRPr="006A71B9">
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidRPr="006A71B9">
           <w:rPr>
             <w:rStyle w:val="Kpr"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://doi.org/10.xxxx/xxxxx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5F6D8F48" w14:textId="07A2F2C4" w:rsidR="00F7398A" w:rsidRPr="00800E2D" w:rsidRDefault="00F7398A" w:rsidP="00F7398A">
+    <w:p w14:paraId="180A2CC7" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00800E2D" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>8.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -3940,64 +3649,64 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>xxxxxxx xxxxxxxxxx</w:t>
       </w:r>
       <w:r w:rsidRPr="00800E2D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>. Exp Clin Transplant. 2023;21(Suppl 2):105–8.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
-        <w:r w:rsidR="00612993" w:rsidRPr="006A71B9">
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidRPr="006A71B9">
           <w:rPr>
             <w:rStyle w:val="Kpr"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://doi.org/10.xxxx/xxxxx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="091E9ECB" w14:textId="0FB0082A" w:rsidR="00F7398A" w:rsidRPr="00800E2D" w:rsidRDefault="00F7398A" w:rsidP="00F7398A">
+    <w:p w14:paraId="59649792" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00800E2D" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>9.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -4081,73 +3790,73 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>. Pharmacol Res. 20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00800E2D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>4;82:34–9.</w:t>
       </w:r>
-      <w:r w:rsidR="00612993">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
-        <w:r w:rsidR="00612993" w:rsidRPr="006A71B9">
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidRPr="006A71B9">
           <w:rPr>
             <w:rStyle w:val="Kpr"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://doi.org/10.xxxx/xxxxx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="76BE78DB" w14:textId="03BEB681" w:rsidR="00F7398A" w:rsidRDefault="00F7398A" w:rsidP="00F7398A">
+    <w:p w14:paraId="0317AE9C" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>10.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -4221,64 +3930,64 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>xxxxxxxx xxxxxxxx xxxxxxxxxxx xxxxxxxxxxxxxxx</w:t>
       </w:r>
       <w:r w:rsidRPr="00800E2D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>. Phytother Res. 2019;33(10):2518–30.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
-        <w:r w:rsidR="00612993" w:rsidRPr="006A71B9">
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidRPr="006A71B9">
           <w:rPr>
             <w:rStyle w:val="Kpr"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://doi.org/10.xxxx/xxxxx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="042F62B9" w14:textId="3EED9EEE" w:rsidR="00F7398A" w:rsidRPr="00800E2D" w:rsidRDefault="00F7398A" w:rsidP="00F7398A">
+    <w:p w14:paraId="3E923FBC" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00800E2D" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>11.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -4352,64 +4061,64 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Xxxxxx xxxxxxxxxxx xxxxxxxxxxxxxx  xxxxxxx xxxxxxxx xxxxxxxx</w:t>
       </w:r>
       <w:r w:rsidRPr="00800E2D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>. J Diabetes Investig. 2020;11(4):770–82.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
-        <w:r w:rsidR="00612993" w:rsidRPr="006A71B9">
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r w:rsidRPr="006A71B9">
           <w:rPr>
             <w:rStyle w:val="Kpr"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://doi.org/10.xxxx/xxxxx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="28EAFBBF" w14:textId="69CC0385" w:rsidR="00F7398A" w:rsidRPr="00800E2D" w:rsidRDefault="00F7398A" w:rsidP="00F7398A">
+    <w:p w14:paraId="0BA3D775" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00800E2D" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>12.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -4465,64 +4174,64 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Xxxxx xxxxxxxxxxxx xxxxxxxxxxxxxxxxxxxxxx xxxxxxxxxxx xxxxxxxx xxxxxxxxxxx xxxxxx xxx</w:t>
       </w:r>
       <w:r w:rsidRPr="00800E2D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>. Lancet. 2021;398(10296):262–76.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25" w:history="1">
-        <w:r w:rsidR="00612993" w:rsidRPr="006A71B9">
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r w:rsidRPr="006A71B9">
           <w:rPr>
             <w:rStyle w:val="Kpr"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://doi.org/10.xxxx/xxxxx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="59C88C20" w14:textId="41BA4010" w:rsidR="00F7398A" w:rsidRPr="00800E2D" w:rsidRDefault="00F7398A" w:rsidP="00F7398A">
+    <w:p w14:paraId="278D6AEA" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00800E2D" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">13. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -4632,64 +4341,64 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">xxxxxxxxx xxxxxxxxxxxxxx xxxxxxxxxxxxx. </w:t>
       </w:r>
       <w:r w:rsidRPr="00800E2D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>J Endocrinol Invest. 2023;46(12):2445–52.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26" w:history="1">
-        <w:r w:rsidR="00612993" w:rsidRPr="006A71B9">
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidRPr="006A71B9">
           <w:rPr>
             <w:rStyle w:val="Kpr"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://doi.org/10.xxxx/xxxxx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7DB49B3C" w14:textId="425D9B30" w:rsidR="00F7398A" w:rsidRDefault="00F7398A" w:rsidP="00F7398A">
+    <w:p w14:paraId="774B4A74" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>14.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -4709,64 +4418,64 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Xxxxxxxxxxxx xxxxxxx xxxxxxxxxxx</w:t>
       </w:r>
       <w:r w:rsidRPr="00800E2D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>. Clin Diabetes. 2010;28(1):5–10.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27" w:history="1">
-        <w:r w:rsidR="00612993" w:rsidRPr="006A71B9">
+      <w:hyperlink r:id="rId26" w:history="1">
+        <w:r w:rsidRPr="006A71B9">
           <w:rPr>
             <w:rStyle w:val="Kpr"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://doi.org/10.xxxx/xxxxx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="14B4576B" w14:textId="100A3565" w:rsidR="00F7398A" w:rsidRPr="00800E2D" w:rsidRDefault="00F7398A" w:rsidP="00F7398A">
+    <w:p w14:paraId="1E742DDE" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00800E2D" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>15.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -4786,64 +4495,64 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Xxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxx</w:t>
       </w:r>
       <w:r w:rsidRPr="00800E2D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>. J Diabetes Investig. 2020;11(4):770–82.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28" w:history="1">
-        <w:r w:rsidR="00612993" w:rsidRPr="006A71B9">
+      <w:hyperlink r:id="rId27" w:history="1">
+        <w:r w:rsidRPr="006A71B9">
           <w:rPr>
             <w:rStyle w:val="Kpr"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://doi.org/10.xxxx/xxxxx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="658A58D8" w14:textId="49508C0C" w:rsidR="00F7398A" w:rsidRPr="00800E2D" w:rsidRDefault="00F7398A" w:rsidP="00F7398A">
+    <w:p w14:paraId="6A105C83" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00800E2D" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>16.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -4863,64 +4572,64 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Xxxxx xxxxxxxxxxxx xxxxxxxxxxxxxxxxxxxxxx xxxxxxxxxxx xxxxxxxx xxxxxxxxxxx xxxxxx xxx</w:t>
       </w:r>
       <w:r w:rsidRPr="00800E2D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>. Lancet. 2021;398(10296):262–76.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29" w:history="1">
-        <w:r w:rsidR="00612993" w:rsidRPr="006A71B9">
+      <w:hyperlink r:id="rId28" w:history="1">
+        <w:r w:rsidRPr="006A71B9">
           <w:rPr>
             <w:rStyle w:val="Kpr"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://doi.org/10.xxxx/xxxxx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="077F406C" w14:textId="18E0E1FA" w:rsidR="00F7398A" w:rsidRPr="00800E2D" w:rsidRDefault="00F7398A" w:rsidP="00F7398A">
+    <w:p w14:paraId="10B9F6A4" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00800E2D" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">17. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -5048,64 +4757,64 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">xxxxxxxxx xxxxxxxxxxxxxx xxxxxxxxxxxxx. </w:t>
       </w:r>
       <w:r w:rsidRPr="00800E2D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>J Endocrinol Invest. 2023;46(12):2445–52.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30" w:history="1">
-        <w:r w:rsidR="00612993" w:rsidRPr="006A71B9">
+      <w:hyperlink r:id="rId29" w:history="1">
+        <w:r w:rsidRPr="006A71B9">
           <w:rPr>
             <w:rStyle w:val="Kpr"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://doi.org/10.xxxx/xxxxx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="37D71C91" w14:textId="5D3814E6" w:rsidR="00F7398A" w:rsidRDefault="00F7398A" w:rsidP="00F7398A">
+    <w:p w14:paraId="4937BE61" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>18.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -5143,64 +4852,64 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidRPr="00800E2D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>;28(1):5–10.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31" w:history="1">
-        <w:r w:rsidR="00612993" w:rsidRPr="006A71B9">
+      <w:hyperlink r:id="rId30" w:history="1">
+        <w:r w:rsidRPr="006A71B9">
           <w:rPr>
             <w:rStyle w:val="Kpr"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://doi.org/10.xxxx/xxxxx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="526FBC65" w14:textId="0831B1EF" w:rsidR="00F7398A" w:rsidRPr="00800E2D" w:rsidRDefault="00F7398A" w:rsidP="00F7398A">
+    <w:p w14:paraId="7A8F700B" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00800E2D" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>19.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -5274,64 +4983,64 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Xxxxxxxxxxxxxxxxxx xxxxxxxxxxxx xxxxxxxxxxxxxxxx xxxxxxxx</w:t>
       </w:r>
       <w:r w:rsidRPr="00800E2D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>. J Diabetes Investig. 2020;11(4):770–82.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32" w:history="1">
-        <w:r w:rsidR="00612993" w:rsidRPr="006A71B9">
+      <w:hyperlink r:id="rId31" w:history="1">
+        <w:r w:rsidRPr="006A71B9">
           <w:rPr>
             <w:rStyle w:val="Kpr"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://doi.org/10.xxxx/xxxxx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="239B40BD" w14:textId="4716C09D" w:rsidR="00F7398A" w:rsidRPr="00800E2D" w:rsidRDefault="00F7398A" w:rsidP="00F7398A">
+    <w:p w14:paraId="6BCA49E8" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00800E2D" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>20.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -5423,64 +5132,64 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Xxxxx xxxxxxxxxxxx xxxxxxxxxxxxxxxxxxxxxx xxxxxxxxxxx xxxxxxxx xxxxxxxxxxx xxxxxx xxx</w:t>
       </w:r>
       <w:r w:rsidRPr="00800E2D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>. Lancet. 2021;398(10296):262–76.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33" w:history="1">
-        <w:r w:rsidR="00612993" w:rsidRPr="006A71B9">
+      <w:hyperlink r:id="rId32" w:history="1">
+        <w:r w:rsidRPr="006A71B9">
           <w:rPr>
             <w:rStyle w:val="Kpr"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://doi.org/10.xxxx/xxxxx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="160F6888" w14:textId="64C2E0CE" w:rsidR="00F7398A" w:rsidRPr="00800E2D" w:rsidRDefault="00F7398A" w:rsidP="00F7398A">
+    <w:p w14:paraId="4A82497C" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00800E2D" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">21. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -5599,70 +5308,70 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> P. The </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">xxxxxxxxx xxxxxxxxxxxxxx xxxxxxxxxxxxx. </w:t>
       </w:r>
       <w:r w:rsidRPr="00800E2D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>J Endocrinol Invest. 20</w:t>
       </w:r>
-      <w:r w:rsidR="00612993">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidRPr="00800E2D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>3;46(12):2445–52.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6829E306" w14:textId="3B309850" w:rsidR="00F7398A" w:rsidRPr="00800E2D" w:rsidRDefault="00F7398A" w:rsidP="00F7398A">
+    <w:p w14:paraId="0349EBCC" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00800E2D" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>22.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -5682,163 +5391,163 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Xxxxxxxxxxxxxxxxxxxx</w:t>
       </w:r>
       <w:r w:rsidRPr="00800E2D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>. Clin Diabetes. 2010;28(1):5–10.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34" w:history="1">
-        <w:r w:rsidR="00612993" w:rsidRPr="006A71B9">
+      <w:hyperlink r:id="rId33" w:history="1">
+        <w:r w:rsidRPr="006A71B9">
           <w:rPr>
             <w:rStyle w:val="Kpr"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://doi.org/10.xxxx/xxxxx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3B1E4314" w14:textId="77777777" w:rsidR="006E0D63" w:rsidRPr="00871262" w:rsidRDefault="006E0D63" w:rsidP="005A6C16">
+    <w:p w14:paraId="45E7AB1B" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00871262" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06820D2B" w14:textId="79392700" w:rsidR="00A608A7" w:rsidRDefault="00A608A7">
+    <w:p w14:paraId="639BF4EA" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20C1BAC4" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00A608A7">
+    <w:p w14:paraId="710F9823" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00A608A7" w:rsidSect="005B3F2C">
+        <w:sectPr w:rsidR="00BD6A35" w:rsidSect="00BD6A35">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="1418" w:right="843" w:bottom="1418" w:left="993" w:header="709" w:footer="709" w:gutter="0"/>
           <w:cols w:num="2" w:space="300"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1978DCEB" w14:textId="77777777" w:rsidR="00AF5C75" w:rsidRDefault="00AF5C75" w:rsidP="00A608A7">
+    <w:p w14:paraId="7E4C5C77" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="792317A9" w14:textId="77777777" w:rsidR="00AF5C75" w:rsidRDefault="00AF5C75" w:rsidP="00A608A7">
+    <w:p w14:paraId="528434D8" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="561AD30E" w14:textId="77777777" w:rsidR="00AF5C75" w:rsidRDefault="00AF5C75">
+    <w:p w14:paraId="34EC26CC" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53F14D3A" w14:textId="524FAFDF" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00A608A7">
+    <w:p w14:paraId="62994243" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD0E49">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Table 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
@@ -5847,2033 +5556,1900 @@
         </w:rPr>
         <w:t xml:space="preserve"> Tablo başlığı/</w:t>
       </w:r>
       <w:r w:rsidRPr="00C66536">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C66536">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Table title</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>……………………………………………………..</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B2C7B71" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00A608A7">
+    <w:p w14:paraId="2C900298" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TabloKlavuzu"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2513"/>
         <w:gridCol w:w="2513"/>
         <w:gridCol w:w="2514"/>
         <w:gridCol w:w="2514"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A608A7" w14:paraId="25F7F77D" w14:textId="77777777" w:rsidTr="00713F37">
+      <w:tr w:rsidR="00BD6A35" w14:paraId="691D721E" w14:textId="77777777" w:rsidTr="00FB156A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2513" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="248881EF" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00713F37">
+          <w:p w14:paraId="2BC05D88" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00FB156A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2513" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23ED663F" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00713F37">
+          <w:p w14:paraId="0DD0FBDB" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00FB156A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6578501B" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00713F37">
+          <w:p w14:paraId="255AC50C" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00FB156A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53A6181D" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00713F37">
+          <w:p w14:paraId="26461196" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00FB156A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A608A7" w14:paraId="3F262C82" w14:textId="77777777" w:rsidTr="00713F37">
+      <w:tr w:rsidR="00BD6A35" w14:paraId="6C560EB0" w14:textId="77777777" w:rsidTr="00FB156A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2513" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34DE3FEA" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00713F37">
+          <w:p w14:paraId="29AFE5CE" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00FB156A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2513" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D46D51D" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00713F37">
+          <w:p w14:paraId="5C0FE1CE" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00FB156A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="316AA2F6" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00713F37">
+          <w:p w14:paraId="68569119" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00FB156A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62FA80A5" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00713F37">
+          <w:p w14:paraId="5C09502F" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00FB156A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A608A7" w14:paraId="57E56449" w14:textId="77777777" w:rsidTr="00713F37">
+      <w:tr w:rsidR="00BD6A35" w14:paraId="79DA11DB" w14:textId="77777777" w:rsidTr="00FB156A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2513" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="368646A7" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00713F37">
+          <w:p w14:paraId="3C7E5A31" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00FB156A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2513" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58513CD3" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00713F37">
+          <w:p w14:paraId="5656E523" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00FB156A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F97416B" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00713F37">
+          <w:p w14:paraId="5EA159A9" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00FB156A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28B58CC0" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00713F37">
+          <w:p w14:paraId="6EF9A273" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00FB156A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A608A7" w14:paraId="26FBDBC4" w14:textId="77777777" w:rsidTr="00713F37">
+      <w:tr w:rsidR="00BD6A35" w14:paraId="755492B9" w14:textId="77777777" w:rsidTr="00FB156A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2513" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="164529C0" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00713F37">
+          <w:p w14:paraId="3DEBF6F8" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00FB156A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2513" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="765F6D6F" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00713F37">
+          <w:p w14:paraId="206E5E0A" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00FB156A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45F62E7D" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00713F37">
+          <w:p w14:paraId="451A6639" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00FB156A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1062524C" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00713F37">
+          <w:p w14:paraId="20D06237" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00FB156A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A608A7" w14:paraId="6C6EF003" w14:textId="77777777" w:rsidTr="00713F37">
+      <w:tr w:rsidR="00BD6A35" w14:paraId="03A26632" w14:textId="77777777" w:rsidTr="00FB156A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2513" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="272AC3D9" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00713F37">
+          <w:p w14:paraId="488DACA2" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00FB156A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2513" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2EA826E9" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00713F37">
+          <w:p w14:paraId="7E248C34" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00FB156A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03E992A3" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00713F37">
+          <w:p w14:paraId="5B23A06C" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00FB156A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32AB3076" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00713F37">
+          <w:p w14:paraId="00CE410E" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00FB156A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A608A7" w14:paraId="654BD9B8" w14:textId="77777777" w:rsidTr="00713F37">
+      <w:tr w:rsidR="00BD6A35" w14:paraId="6F161D4C" w14:textId="77777777" w:rsidTr="00FB156A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2513" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76FA986D" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00713F37">
+          <w:p w14:paraId="083730CF" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00FB156A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2513" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06B678D3" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00713F37">
+          <w:p w14:paraId="48582D5A" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00FB156A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2145E76F" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00713F37">
+          <w:p w14:paraId="79D0C072" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00FB156A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11CC4A52" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00713F37">
+          <w:p w14:paraId="5873D743" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00FB156A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A608A7" w14:paraId="73383FE1" w14:textId="77777777" w:rsidTr="00713F37">
+      <w:tr w:rsidR="00BD6A35" w14:paraId="2BF80AFB" w14:textId="77777777" w:rsidTr="00FB156A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2513" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29EC4EF2" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00713F37">
+          <w:p w14:paraId="3E6EE565" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00FB156A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2513" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="699D715A" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00713F37">
+          <w:p w14:paraId="3F63260A" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00FB156A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="581288EC" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00713F37">
+          <w:p w14:paraId="59B71902" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00FB156A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A1BAFE8" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00713F37">
+          <w:p w14:paraId="60475796" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00FB156A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A608A7" w14:paraId="4883FF8D" w14:textId="77777777" w:rsidTr="00713F37">
+      <w:tr w:rsidR="00BD6A35" w14:paraId="41D3632C" w14:textId="77777777" w:rsidTr="00FB156A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2513" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FF78A75" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00713F37">
+          <w:p w14:paraId="65CA11D4" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00FB156A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2513" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66877DBF" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00713F37">
+          <w:p w14:paraId="141AD945" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00FB156A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76F00105" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00713F37">
+          <w:p w14:paraId="650DEB14" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00FB156A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70640796" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00713F37">
+          <w:p w14:paraId="62005540" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00FB156A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A608A7" w14:paraId="5A9F5BD5" w14:textId="77777777" w:rsidTr="00713F37">
+      <w:tr w:rsidR="00BD6A35" w14:paraId="1BFD6EF8" w14:textId="77777777" w:rsidTr="00FB156A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2513" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0AEF9A05" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00713F37">
+          <w:p w14:paraId="6590708A" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00FB156A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2513" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24F46478" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00713F37">
+          <w:p w14:paraId="713A4B00" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00FB156A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4EBF2157" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00713F37">
+          <w:p w14:paraId="645C3C47" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00FB156A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="156EE6F7" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00713F37">
+          <w:p w14:paraId="4181649B" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00FB156A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A608A7" w14:paraId="214AE0E5" w14:textId="77777777" w:rsidTr="00713F37">
+      <w:tr w:rsidR="00BD6A35" w14:paraId="0B9F10AD" w14:textId="77777777" w:rsidTr="00FB156A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2513" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E92ECDF" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00713F37">
+          <w:p w14:paraId="6496DFB5" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00FB156A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2513" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5595EF77" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00713F37">
+          <w:p w14:paraId="0B1104C3" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00FB156A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74109ADE" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00713F37">
+          <w:p w14:paraId="26F076CC" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00FB156A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C123368" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00713F37">
+          <w:p w14:paraId="720A2E4C" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00FB156A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A608A7" w14:paraId="38194AD7" w14:textId="77777777" w:rsidTr="00713F37">
+      <w:tr w:rsidR="00BD6A35" w14:paraId="57E08F59" w14:textId="77777777" w:rsidTr="00FB156A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2513" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50A268F0" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00713F37">
+          <w:p w14:paraId="704F6216" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00FB156A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2513" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01A09E6D" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00713F37">
+          <w:p w14:paraId="3072CA66" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00FB156A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09EA69E8" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00713F37">
+          <w:p w14:paraId="3ECB6DD1" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00FB156A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00EDA681" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00713F37">
+          <w:p w14:paraId="1D40BEB3" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00FB156A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A608A7" w14:paraId="7F4BC088" w14:textId="77777777" w:rsidTr="00713F37">
+      <w:tr w:rsidR="00BD6A35" w14:paraId="1F48B2E1" w14:textId="77777777" w:rsidTr="00FB156A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2513" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D58DD21" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00713F37">
+          <w:p w14:paraId="5CE83D9F" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00FB156A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2513" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="15281F78" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00713F37">
+          <w:p w14:paraId="5490D301" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00FB156A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F4C0853" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00713F37">
+          <w:p w14:paraId="52FBA9D3" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00FB156A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62E827CD" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00713F37">
+          <w:p w14:paraId="1BAEE30A" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00FB156A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A608A7" w14:paraId="7E5A853E" w14:textId="77777777" w:rsidTr="00713F37">
+      <w:tr w:rsidR="00BD6A35" w14:paraId="025294FC" w14:textId="77777777" w:rsidTr="00FB156A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2513" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1826122D" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00713F37">
+          <w:p w14:paraId="430316B6" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00FB156A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2513" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07940A10" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00713F37">
+          <w:p w14:paraId="688B2E10" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00FB156A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5552C6C0" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00713F37">
+          <w:p w14:paraId="3E7315DF" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00FB156A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="639FA3C4" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00713F37">
+          <w:p w14:paraId="601AE1BA" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00FB156A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A608A7" w14:paraId="2E7673CE" w14:textId="77777777" w:rsidTr="00713F37">
+      <w:tr w:rsidR="00BD6A35" w14:paraId="58724E79" w14:textId="77777777" w:rsidTr="00FB156A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2513" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71B6A311" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00713F37">
+          <w:p w14:paraId="352A370D" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00FB156A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2513" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="069AB3A6" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00713F37">
+          <w:p w14:paraId="2F8ECDB6" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00FB156A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77EA8D24" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00713F37">
+          <w:p w14:paraId="14767D63" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00FB156A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C3593DD" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00713F37">
+          <w:p w14:paraId="20B4F045" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00FB156A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="11457CAE" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRPr="00724C0A" w:rsidRDefault="00A608A7" w:rsidP="00A608A7">
+    <w:p w14:paraId="343955C5" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00724C0A" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="31CCE6B2" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRPr="00724C0A" w:rsidRDefault="00A608A7" w:rsidP="00A608A7">
+    <w:p w14:paraId="169C29EE" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00724C0A" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Tablo açıklaması/</w:t>
       </w:r>
       <w:r w:rsidRPr="00B84C3B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Table</w:t>
       </w:r>
       <w:r w:rsidRPr="00B84C3B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> description</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> xxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxx</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CBAF915" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRPr="00724C0A" w:rsidRDefault="00A608A7" w:rsidP="00A608A7">
+    <w:p w14:paraId="00014E41" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00724C0A" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4BF259DE" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRPr="00724C0A" w:rsidRDefault="00A608A7" w:rsidP="00A608A7">
+    <w:p w14:paraId="4D23CF55" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00724C0A" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B6E7F2E" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRPr="00724C0A" w:rsidRDefault="00A608A7" w:rsidP="00A608A7">
+    <w:p w14:paraId="71D5C0CD" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00724C0A" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4911BFE8" w14:textId="4326C3B3" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00A608A7">
-[...9 lines deleted...]
-    <w:p w14:paraId="48FC09F6" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRPr="00724C0A" w:rsidRDefault="00A608A7" w:rsidP="00A608A7">
+    <w:p w14:paraId="305266C5" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="643D556D" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00724C0A" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="081704AD" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRPr="00724C0A" w:rsidRDefault="00A608A7" w:rsidP="00A608A7">
+    <w:p w14:paraId="200329D7" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00724C0A" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="761B204F" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00A608A7">
+    <w:p w14:paraId="3468DE85" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09B37123" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00A608A7">
+    <w:p w14:paraId="362D5DBF" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4407F7B3" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00A608A7">
+    <w:p w14:paraId="05724288" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00B65969" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00A608A7">
+    <w:p w14:paraId="0B6EFC3A" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="32A867C0" wp14:editId="01A0EE58">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="54C090B5" wp14:editId="7A7C5CB2">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>931545</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>173990</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="4765675" cy="2148840"/>
             <wp:effectExtent l="0" t="0" r="0" b="3810"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="1737394035" name="Resim 4" descr="ekran görüntüsü, mavi, dikdörtgen, açık mavi içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1737394035" name="Resim 4" descr="ekran görüntüsü, mavi, dikdörtgen, açık mavi içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId35" cstate="print">
+                    <a:blip r:embed="rId34" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4765675" cy="2148840"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E90BA47" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00A608A7">
+    <w:p w14:paraId="3BCF05FA" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="41472B48" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00A608A7">
+    <w:p w14:paraId="1025178C" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62544757" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRDefault="00A608A7" w:rsidP="00A608A7">
+    <w:p w14:paraId="7A051386" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD0E49">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Figure 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Şekil başlığı/Figure title xxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxx</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5641BACE" w14:textId="77777777" w:rsidR="00A608A7" w:rsidRPr="00724C0A" w:rsidRDefault="00A608A7" w:rsidP="00A608A7">
+    <w:p w14:paraId="2FCAE854" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00724C0A" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Şekil açıklaması/</w:t>
       </w:r>
       <w:r w:rsidRPr="00B84C3B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B84C3B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Figure description</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> xxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxx</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="209A2104" w14:textId="77777777" w:rsidR="006E0D63" w:rsidRPr="00871262" w:rsidRDefault="006E0D63" w:rsidP="005A6C16">
+    <w:p w14:paraId="163FA0AE" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00871262" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1CFB8274" w14:textId="77777777" w:rsidR="006E0D63" w:rsidRPr="00871262" w:rsidRDefault="006E0D63" w:rsidP="005A6C16">
+    <w:p w14:paraId="2203F599" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00871262" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B5849EC" w14:textId="77777777" w:rsidR="006E0D63" w:rsidRPr="00871262" w:rsidRDefault="006E0D63" w:rsidP="005A6C16">
+    <w:p w14:paraId="0CF1C5E0" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00871262" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="024ED656" w14:textId="77777777" w:rsidR="006E0D63" w:rsidRPr="00871262" w:rsidRDefault="006E0D63" w:rsidP="005A6C16">
+    <w:p w14:paraId="3240ED4E" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00871262" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C207996" w14:textId="77777777" w:rsidR="006E0D63" w:rsidRPr="00871262" w:rsidRDefault="006E0D63" w:rsidP="005A6C16">
+    <w:p w14:paraId="7FDC9562" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00871262" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5FA4C0B9" w14:textId="77777777" w:rsidR="006E0D63" w:rsidRPr="00871262" w:rsidRDefault="006E0D63" w:rsidP="005A6C16">
+    <w:p w14:paraId="4C5BDED1" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00871262" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D2831F2" w14:textId="77777777" w:rsidR="006E0D63" w:rsidRPr="00871262" w:rsidRDefault="006E0D63" w:rsidP="005A6C16">
+    <w:p w14:paraId="7B7FC878" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00871262" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="63AD8428" w14:textId="77777777" w:rsidR="00E54EA8" w:rsidRPr="00871262" w:rsidRDefault="00E54EA8" w:rsidP="005A6C16">
+    <w:p w14:paraId="703AADE9" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00871262" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="193AED17" w14:textId="77777777" w:rsidR="00E54EA8" w:rsidRPr="00871262" w:rsidRDefault="00E54EA8" w:rsidP="005A6C16">
+    <w:p w14:paraId="162EA97A" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00871262" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="77B9EF13" w14:textId="77777777" w:rsidR="00E54EA8" w:rsidRPr="00871262" w:rsidRDefault="00E54EA8" w:rsidP="005A6C16">
+    <w:p w14:paraId="17285B1B" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00871262" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6158BAE7" w14:textId="77777777" w:rsidR="00E54EA8" w:rsidRPr="00871262" w:rsidRDefault="00E54EA8" w:rsidP="005A6C16">
+    <w:p w14:paraId="023BCD9D" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00871262" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="33FA67C5" w14:textId="48DAA3DB" w:rsidR="00785774" w:rsidRPr="00871262" w:rsidRDefault="00785774" w:rsidP="00CC765F">
-[...7 lines deleted...]
-    <w:sectPr w:rsidR="00785774" w:rsidRPr="00871262" w:rsidSect="00A608A7">
+    <w:p w14:paraId="591325C6" w14:textId="77777777" w:rsidR="006E6737" w:rsidRDefault="006E6737"/>
+    <w:sectPr w:rsidR="006E6737" w:rsidSect="00BD6A35">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="843" w:bottom="1418" w:left="993" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="300"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:comment w:id="1" w:author="Baş Editör" w:date="2026-01-11T00:20:00Z" w:initials="SS">
-    <w:p w14:paraId="63E2FCA6" w14:textId="77777777" w:rsidR="004C5EAD" w:rsidRDefault="004C5EAD" w:rsidP="004C5EAD">
+  <w:comment w:id="1" w:author="Baş Editör" w:date="2026-02-09T19:25:00Z" w:initials="S.S.">
+    <w:p w14:paraId="33F0BDB9" w14:textId="77777777" w:rsidR="007E5BE6" w:rsidRDefault="007E5BE6" w:rsidP="007E5BE6">
       <w:pPr>
         <w:pStyle w:val="AklamaMetni"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="AklamaBavurusu"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>LÜTFEN İNGİLİZCE VE TÜRKÇE BAŞLIKLARI EKLEYİNİZ.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="3" w:author="Baş Editör" w:date="2026-01-11T00:21:00Z" w:initials="SS">
-[...94 lines deleted...]
-    <w:p w14:paraId="7285A064" w14:textId="77777777" w:rsidR="00956F1B" w:rsidRDefault="00956F1B" w:rsidP="00956F1B">
+  <w:comment w:id="4" w:author="Baş Editör" w:date="2026-01-11T00:25:00Z" w:initials="SS">
+    <w:p w14:paraId="7F08DE1E" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:pStyle w:val="AklamaMetni"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="AklamaBavurusu"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>İngilizce özet 200 kelimeyi aşmamalı.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B671BDC" w14:textId="77777777" w:rsidR="00956F1B" w:rsidRDefault="00956F1B" w:rsidP="00956F1B">
+    <w:p w14:paraId="123E306B" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:pStyle w:val="AklamaMetni"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Mümkünse kısaltma kullanılmamalıdır.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A0DADA0" w14:textId="77777777" w:rsidR="00956F1B" w:rsidRDefault="00956F1B" w:rsidP="00956F1B">
+    <w:p w14:paraId="76D434BC" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:pStyle w:val="AklamaMetni"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Kullanılması gerekiyorsa ilk kullanımda açıklanmalıdır.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="8" w:author="Baş Editör" w:date="2026-01-11T00:26:00Z" w:initials="SS">
-    <w:p w14:paraId="00205619" w14:textId="77777777" w:rsidR="003233C3" w:rsidRDefault="003233C3" w:rsidP="003233C3">
+  <w:comment w:id="5" w:author="Baş Editör" w:date="2026-01-11T00:26:00Z" w:initials="SS">
+    <w:p w14:paraId="45F81585" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:pStyle w:val="AklamaMetni"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="AklamaBavurusu"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>• The English abstract should not exceed 200 words.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73939DF9" w14:textId="77777777" w:rsidR="003233C3" w:rsidRDefault="003233C3" w:rsidP="003233C3">
+    <w:p w14:paraId="595E67A8" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:pStyle w:val="AklamaMetni"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">• Abbreviations should be avoided if possible. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71B24167" w14:textId="77777777" w:rsidR="003233C3" w:rsidRDefault="003233C3" w:rsidP="003233C3">
+    <w:p w14:paraId="15BB77CB" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:pStyle w:val="AklamaMetni"/>
       </w:pPr>
       <w:r>
         <w:t>• If abbreviations are necessary, they should be explained at the first use.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="9" w:author="Baş Editör" w:date="2025-12-28T22:50:00Z" w:initials="SS">
-    <w:p w14:paraId="5F1675AB" w14:textId="77777777" w:rsidR="00F04FD5" w:rsidRDefault="00F04FD5" w:rsidP="00F04FD5">
+  <w:comment w:id="6" w:author="Baş Editör" w:date="2025-12-28T22:50:00Z" w:initials="SS">
+    <w:p w14:paraId="53EF5F77" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:pStyle w:val="AklamaMetni"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10"/>
+          <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="AklamaBavurusu"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>At least 3 and at most 6 keywords should be provided.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BAD193A" w14:textId="77777777" w:rsidR="00F04FD5" w:rsidRDefault="00F04FD5" w:rsidP="00F04FD5">
+    <w:p w14:paraId="212E4554" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:pStyle w:val="AklamaMetni"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10"/>
+          <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Keywords should not be the same as the article title.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AADCCCB" w14:textId="77777777" w:rsidR="00F04FD5" w:rsidRDefault="00F04FD5" w:rsidP="00F04FD5">
+    <w:p w14:paraId="07266CFA" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:pStyle w:val="AklamaMetni"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10"/>
+          <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>It must comply with Medical Subject Headings (MeSH).</w:t>
       </w:r>
       <w:hyperlink r:id="rId1" w:history="1">
         <w:r w:rsidRPr="00962A3D">
           <w:rPr>
             <w:rStyle w:val="Kpr"/>
           </w:rPr>
           <w:t>https://meshb.nlm.nih.gov/search</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="10" w:author="Baş Editör" w:date="2026-01-04T22:34:00Z" w:initials="SS">
-    <w:p w14:paraId="3109E4DA" w14:textId="77777777" w:rsidR="005644A7" w:rsidRDefault="005644A7" w:rsidP="005644A7">
+  <w:comment w:id="7" w:author="Baş Editör" w:date="2026-01-04T22:34:00Z" w:initials="SS">
+    <w:p w14:paraId="682F74E8" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:pStyle w:val="AklamaMetni"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="AklamaBavurusu"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>En az 3 en çok 6 anahtar kelime verilmelidir.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="639D4C72" w14:textId="77777777" w:rsidR="005644A7" w:rsidRDefault="005644A7" w:rsidP="005644A7">
+    <w:p w14:paraId="7FA4CA0F" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:pStyle w:val="AklamaMetni"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="111111"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>Anahtar kelimeler makalenin başlığı ile aynı olmamalıdır.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="248A95AC" w14:textId="77777777" w:rsidR="005644A7" w:rsidRDefault="005644A7" w:rsidP="005644A7">
+    <w:p w14:paraId="6FE8A339" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00BD6A35">
       <w:pPr>
         <w:pStyle w:val="AklamaMetni"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="111111"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>MESH terimlerinin direk çevirisi (</w:t>
       </w:r>
       <w:hyperlink r:id="rId2" w:history="1">
         <w:r w:rsidRPr="003C7DC5">
           <w:rPr>
             <w:rStyle w:val="Kpr"/>
           </w:rPr>
           <w:t>https://meshb.nlm.nih.gov/search</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="111111"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>) ve Türkiye bilim Terimleri'nden (</w:t>
       </w:r>
       <w:hyperlink r:id="rId3" w:history="1">
         <w:r w:rsidRPr="003C7DC5">
           <w:rPr>
             <w:rStyle w:val="Kpr"/>
             <w:highlight w:val="white"/>
           </w:rPr>
           <w:t>https://www.bilimterimleri.com/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="111111"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>) seçilmelidir.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="11" w:author="Baş Editör" w:date="2026-01-10T22:54:00Z" w:initials="SS">
-    <w:p w14:paraId="0B3C4754" w14:textId="77777777" w:rsidR="00F661D1" w:rsidRDefault="00F661D1" w:rsidP="00D71C9D">
+  <w:comment w:id="8" w:author="Baş Editör" w:date="2026-01-10T22:54:00Z" w:initials="SS">
+    <w:p w14:paraId="4ACAB2A0" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="00D71C9D">
       <w:pPr>
         <w:pStyle w:val="AklamaMetni"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="AklamaBavurusu"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Lütfen makalenizin diline uygun başlıkları seçerek diğerlerini şablondan kaldırınız.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="12" w:author="Baş Editör" w:date="2026-01-10T22:56:00Z" w:initials="SS">
-    <w:p w14:paraId="77B41CB8" w14:textId="77777777" w:rsidR="005D1010" w:rsidRDefault="005D1010" w:rsidP="004077DB">
+  <w:comment w:id="9" w:author="Baş Editör" w:date="2026-01-10T22:56:00Z" w:initials="SS">
+    <w:p w14:paraId="5D3373C6" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="004077DB">
       <w:pPr>
         <w:pStyle w:val="AklamaMetni"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="AklamaBavurusu"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Gerekliyse alt başlıkları çoğaltabilirsiniz.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="13" w:author="Baş Editör" w:date="2026-01-10T22:56:00Z" w:initials="SS">
-    <w:p w14:paraId="0E12FE0B" w14:textId="77777777" w:rsidR="005D1010" w:rsidRDefault="005D1010" w:rsidP="004077DB">
+  <w:comment w:id="10" w:author="Baş Editör" w:date="2026-01-10T22:56:00Z" w:initials="SS">
+    <w:p w14:paraId="19ED4FFE" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="004077DB">
       <w:pPr>
         <w:pStyle w:val="AklamaMetni"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="AklamaBavurusu"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Gerekliyse alt başlıkları çoğaltabilirsiniz.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="14" w:author="Baş Editör" w:date="2026-01-11T00:41:00Z" w:initials="SS">
-    <w:p w14:paraId="3FD3A044" w14:textId="77777777" w:rsidR="006D5F41" w:rsidRDefault="006D5F41" w:rsidP="006D5F41">
+  <w:comment w:id="11" w:author="Baş Editör" w:date="2026-01-11T00:41:00Z" w:initials="SS">
+    <w:p w14:paraId="40228DAD" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35" w:rsidP="006D5F41">
       <w:pPr>
         <w:pStyle w:val="AklamaMetni"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="AklamaBavurusu"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Dergi yazım kurallarında belirtilen şekilde hazırlanmalıdır. </w:t>
       </w:r>
       <w:hyperlink r:id="rId4" w:history="1">
         <w:r w:rsidRPr="00B46DD8">
           <w:rPr>
             <w:rStyle w:val="Kpr"/>
           </w:rPr>
           <w:t>https://dergipark.org.tr/tr/pub/agrimedical/writing-rules</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
   </w:comment>
 </w:comments>
 </file>
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w15:commentEx w15:paraId="63E2FCA6" w15:done="0"/>
-[...10 lines deleted...]
-  <w15:commentEx w15:paraId="3FD3A044" w15:done="0"/>
+  <w15:commentEx w15:paraId="33F0BDB9" w15:done="0"/>
+  <w15:commentEx w15:paraId="76D434BC" w15:done="0"/>
+  <w15:commentEx w15:paraId="15BB77CB" w15:paraIdParent="76D434BC" w15:done="0"/>
+  <w15:commentEx w15:paraId="07266CFA" w15:done="0"/>
+  <w15:commentEx w15:paraId="6FE8A339" w15:done="0"/>
+  <w15:commentEx w15:paraId="4ACAB2A0" w15:done="0"/>
+  <w15:commentEx w15:paraId="5D3373C6" w15:done="0"/>
+  <w15:commentEx w15:paraId="19ED4FFE" w15:done="0"/>
+  <w15:commentEx w15:paraId="40228DAD" w15:done="0"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/commentsExtensible.xml><?xml version="1.0" encoding="utf-8"?>
 <w16cex:commentsExtensible xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl cr w16du wp14">
-  <w16cex:commentExtensible w16cex:durableId="7CD3D5A3" w16cex:dateUtc="2026-01-10T21:20:00Z"/>
-[...2 lines deleted...]
-  <w16cex:commentExtensible w16cex:durableId="3B4BC114" w16cex:dateUtc="2025-12-28T21:05:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="76CA51EB" w16cex:dateUtc="2026-02-09T16:25:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="7C8C1014" w16cex:dateUtc="2026-01-10T21:25:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="3C8B2DEA" w16cex:dateUtc="2026-01-10T21:26:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="552A83A2" w16cex:dateUtc="2025-12-28T19:50:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="555C1823" w16cex:dateUtc="2026-01-04T19:34:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="445AB17B" w16cex:dateUtc="2026-01-10T19:54:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="39A59584" w16cex:dateUtc="2026-01-10T19:56:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="229A6C6C" w16cex:dateUtc="2026-01-10T19:56:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="6A232960" w16cex:dateUtc="2026-01-10T21:41:00Z"/>
 </w16cex:commentsExtensible>
 </file>
 
 <file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
 <w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w16cid:commentId w16cid:paraId="63E2FCA6" w16cid:durableId="7CD3D5A3"/>
-[...10 lines deleted...]
-  <w16cid:commentId w16cid:paraId="3FD3A044" w16cid:durableId="6A232960"/>
+  <w16cid:commentId w16cid:paraId="33F0BDB9" w16cid:durableId="76CA51EB"/>
+  <w16cid:commentId w16cid:paraId="76D434BC" w16cid:durableId="7C8C1014"/>
+  <w16cid:commentId w16cid:paraId="15BB77CB" w16cid:durableId="3C8B2DEA"/>
+  <w16cid:commentId w16cid:paraId="07266CFA" w16cid:durableId="552A83A2"/>
+  <w16cid:commentId w16cid:paraId="6FE8A339" w16cid:durableId="555C1823"/>
+  <w16cid:commentId w16cid:paraId="4ACAB2A0" w16cid:durableId="445AB17B"/>
+  <w16cid:commentId w16cid:paraId="5D3373C6" w16cid:durableId="39A59584"/>
+  <w16cid:commentId w16cid:paraId="19ED4FFE" w16cid:durableId="229A6C6C"/>
+  <w16cid:commentId w16cid:paraId="40228DAD" w16cid:durableId="6A232960"/>
 </w16cid:commentsIds>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="73470FFF" w14:textId="77777777" w:rsidR="004A0A62" w:rsidRDefault="004A0A62" w:rsidP="00EA4B0A">
+    <w:p w14:paraId="3D00F590" w14:textId="77777777" w:rsidR="004A5612" w:rsidRDefault="004A5612">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3F257751" w14:textId="77777777" w:rsidR="004A0A62" w:rsidRDefault="004A0A62" w:rsidP="00EA4B0A">
+    <w:p w14:paraId="782E00FA" w14:textId="77777777" w:rsidR="004A5612" w:rsidRDefault="004A5612">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...8 lines deleted...]
-    <w:charset w:val="A2"/>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...9 lines deleted...]
-    <w:family w:val="auto"/>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="71A0AFAA" w14:textId="77777777" w:rsidR="004A0A62" w:rsidRDefault="004A0A62" w:rsidP="00EA4B0A">
+    <w:p w14:paraId="483C5B10" w14:textId="77777777" w:rsidR="004A5612" w:rsidRDefault="004A5612">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1508875D" w14:textId="77777777" w:rsidR="004A0A62" w:rsidRDefault="004A0A62" w:rsidP="00EA4B0A">
+    <w:p w14:paraId="5E34B2FE" w14:textId="77777777" w:rsidR="004A5612" w:rsidRDefault="004A5612">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="44DEA6B9" w14:textId="77777777" w:rsidR="00C716EA" w:rsidRPr="00940A47" w:rsidRDefault="00C716EA" w:rsidP="00C716EA">
+  <w:p w14:paraId="08A20DDA" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00940A47" w:rsidRDefault="00BD6A35" w:rsidP="00C716EA">
     <w:pPr>
       <w:pStyle w:val="stBilgi"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:i/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00940A47">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:i/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">Ağrı Med J; </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:i/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
@@ -7949,61 +7525,61 @@
         <w:i/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">                  </w:t>
     </w:r>
     <w:r w:rsidRPr="00940A47">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:i/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">       </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:i/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>Xxxxxxxxxxxxxxxxxxxxxxxxxx</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="430AAA8D" w14:textId="3CBD4A78" w:rsidR="00257314" w:rsidRPr="00C716EA" w:rsidRDefault="00257314" w:rsidP="00C716EA">
+  <w:p w14:paraId="4BFA1C2B" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="00C716EA" w:rsidRDefault="00BD6A35" w:rsidP="00C716EA">
     <w:pPr>
       <w:pStyle w:val="stBilgi"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2471E7C6" w14:textId="77777777" w:rsidR="00A02C1B" w:rsidRPr="003E10ED" w:rsidRDefault="00A02C1B" w:rsidP="00A02C1B">
+  <w:p w14:paraId="7E7FF05B" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="003E10ED" w:rsidRDefault="00BD6A35" w:rsidP="00A02C1B">
     <w:pPr>
       <w:pStyle w:val="stBilgi"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003E10ED">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Ağrı Tıp Fakültesi Dergisi</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:i/>
@@ -8072,424 +7648,94 @@
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>X</w:t>
     </w:r>
     <w:r w:rsidRPr="00CF5D0E">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>):</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>XX-XX</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="40D554BF" w14:textId="77777777" w:rsidR="00A02C1B" w:rsidRPr="003E10ED" w:rsidRDefault="00A02C1B" w:rsidP="00A02C1B">
+  <w:p w14:paraId="0D34DE21" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRPr="003E10ED" w:rsidRDefault="00BD6A35" w:rsidP="00A02C1B">
     <w:pPr>
       <w:pStyle w:val="stBilgi"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>e-</w:t>
     </w:r>
     <w:r w:rsidRPr="003E10ED">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>ISSN: 2980-0978</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="4B0989DB" w14:textId="77777777" w:rsidR="00A02C1B" w:rsidRDefault="00A02C1B">
+  <w:p w14:paraId="403A5042" w14:textId="77777777" w:rsidR="00BD6A35" w:rsidRDefault="00BD6A35">
     <w:pPr>
       <w:pStyle w:val="stBilgi"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="11F3400F"/>
-[...328 lines deleted...]
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2C881A27"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E6D64244"/>
     <w:lvl w:ilvl="0" w:tplc="BB6461B0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0CB49566">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
@@ -8558,517 +7804,51 @@
     <w:lvl w:ilvl="7" w:tplc="7EBC69CC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="1DC2251E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-[...465 lines deleted...]
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5C723CB7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154184A"/>
     <w:lvl w:ilvl="0" w:tplc="25FEFA10">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="F6A6C62C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
@@ -9137,51 +7917,51 @@
     <w:lvl w:ilvl="7" w:tplc="5AB2F8E6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="11322110">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5CF97DFE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="99944118"/>
     <w:lvl w:ilvl="0" w:tplc="C9DEFFE4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="8FD20FEA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
@@ -9250,1533 +8030,152 @@
     <w:lvl w:ilvl="7" w:tplc="332A1BE2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="1C9CDA7C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
-[...89 lines deleted...]
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="1" w16cid:durableId="838929935">
+    <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="397292221">
-[...2 lines deleted...]
-  <w:num w:numId="3" w16cid:durableId="449980480">
+  <w:num w:numId="2" w16cid:durableId="575358151">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1782334184">
-[...21 lines deleted...]
-    <w:abstractNumId w:val="8"/>
+  <w:num w:numId="3" w16cid:durableId="1382172964">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:person w15:author="Baş Editör">
     <w15:presenceInfo w15:providerId="None" w15:userId="Baş Editör"/>
   </w15:person>
 </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="80"/>
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00EA4B0A"/>
-[...1280 lines deleted...]
-    <w:rsid w:val="00FF6ED6"/>
+    <w:rsidRoot w:val="009C77D2"/>
+    <w:rsid w:val="000C5D19"/>
+    <w:rsid w:val="004A5612"/>
+    <w:rsid w:val="006E6737"/>
+    <w:rsid w:val="00744B59"/>
+    <w:rsid w:val="007E5BE6"/>
+    <w:rsid w:val="00887649"/>
+    <w:rsid w:val="00887A25"/>
+    <w:rsid w:val="009C77D2"/>
+    <w:rsid w:val="00BD6A35"/>
+    <w:rsid w:val="00DD43AC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="598A82B1"/>
+  <w14:docId w14:val="3FBA0960"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{38376DB2-AE91-0044-886F-16E521A0ACE6}"/>
+  <w15:docId w15:val="{35FB14FD-3627-4FE4-9231-3332B2226660}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="tr-TR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -11115,501 +8514,768 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00D45FF2"/>
+    <w:rsid w:val="00BD6A35"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="009C77D2"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="009C77D2"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="009C77D2"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="009C77D2"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="009C77D2"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="009C77D2"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="009C77D2"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="009C77D2"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="009C77D2"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk1Char">
+    <w:name w:val="Başlık 1 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="009C77D2"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk2Char">
+    <w:name w:val="Başlık 2 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009C77D2"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk3Char">
+    <w:name w:val="Başlık 3 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009C77D2"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk4Char">
+    <w:name w:val="Başlık 4 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009C77D2"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk5Char">
+    <w:name w:val="Başlık 5 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009C77D2"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk6Char">
+    <w:name w:val="Başlık 6 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009C77D2"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk7Char">
+    <w:name w:val="Başlık 7 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009C77D2"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk8Char">
+    <w:name w:val="Başlık 8 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009C77D2"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk9Char">
+    <w:name w:val="Başlık 9 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009C77D2"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="KonuBal">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="KonuBalChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="009C77D2"/>
+    <w:pPr>
+      <w:spacing w:after="80"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KonuBalChar">
+    <w:name w:val="Konu Başlığı Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="KonuBal"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="009C77D2"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Altyaz">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="AltyazChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="009C77D2"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AltyazChar">
+    <w:name w:val="Altyazı Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Altyaz"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="009C77D2"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Alnt">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="AlntChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="009C77D2"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AlntChar">
+    <w:name w:val="Alıntı Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Alnt"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="009C77D2"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListeParagraf">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="009C77D2"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="GlVurgulama">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="009C77D2"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="GlAlnt">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="GlAlntChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="009C77D2"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="GlAlntChar">
+    <w:name w:val="Güçlü Alıntı Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="GlAlnt"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="009C77D2"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="GlBavuru">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="009C77D2"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="stBilgi">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="stBilgiChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00EA4B0A"/>
+    <w:rsid w:val="00BD6A35"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="stBilgiChar">
     <w:name w:val="Üst Bilgi Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="stBilgi"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00EA4B0A"/>
-[...31 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00BD6A35"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Kpr">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00816803"/>
+    <w:rsid w:val="00BD6A35"/>
     <w:rPr>
-      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:color w:val="467886" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
-    </w:rPr>
-[...61 lines deleted...]
-      <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TabloKlavuzu">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="NormalTablo"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00D619B4"/>
+    <w:rsid w:val="00BD6A35"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ResimYazs">
-[...137 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:styleId="AklamaBavurusu">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00226442"/>
+    <w:rsid w:val="00BD6A35"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="AklamaMetni">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="AklamaMetniChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00226442"/>
+    <w:rsid w:val="00BD6A35"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="AklamaMetniChar">
     <w:name w:val="Açıklama Metni Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="AklamaMetni"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00226442"/>
+    <w:rsid w:val="00BD6A35"/>
     <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="AklamaKonusu">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="AklamaMetni"/>
     <w:next w:val="AklamaMetni"/>
     <w:link w:val="AklamaKonusuChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00226442"/>
+    <w:rsid w:val="007E5BE6"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="AklamaKonusuChar">
     <w:name w:val="Açıklama Konusu Char"/>
     <w:basedOn w:val="AklamaMetniChar"/>
     <w:link w:val="AklamaKonusu"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00226442"/>
+    <w:rsid w:val="007E5BE6"/>
     <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:b/>
       <w:bCs/>
+      <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
-    </w:rPr>
-[...9 lines deleted...]
-      <w:bCs/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bilimterimleri.com/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://meshb.nlm.nih.gov/search" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://meshb.nlm.nih.gov/search" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dergipark.org.tr/tr/pub/agrimedical/writing-rules" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.xxxx/xxxxx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.xxxx/xxxxx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.xxxx/xxxxx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.xxxx/xxxxx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.xxxx/xxxxx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.xxxx/xxxxx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.xxxx/xxxxx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.xxxx/xxxxx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.xxxx/xxxxx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.xxxx/xxxxx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.xxxx/xxxxx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.xxxx/xxxxx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.xxxx/xxxxx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.xxxx/xxxxx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.xxxx/xxxxx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.xxxx/xxxxx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.xxxx/xxxxx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.xxxx/xxxxx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.xxxx/xxxxx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.xxxx/xxxxx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.xxxx/xxxxx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.xxxx/xxxxx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.xxxx/xxxxx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.xxxx/xxxxx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.xxxx/xxxxx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.xxxx/xxxxx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.xxxx/xxxxx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.xxxx/xxxxx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.xxxx/xxxxx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.xxxx/xxxxx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.xxxx/xxxxx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.xxxx/xxxxx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.xxxx/xxxxx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.xxxx/xxxxx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.xxxx/xxxxx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.xxxx/xxxxx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.xxxx/xxxxx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.xxxx/xxxxx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.xxxx/xxxxx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.xxxx/xxxxx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.xxxx/xxxxx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.xxxx/xxxxx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -11617,54 +9283,54 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
@@ -11817,91 +9483,59 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>2605</Words>
-  <Characters>14849</Characters>
+  <Words>2548</Words>
+  <Characters>14529</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>123</Lines>
+  <Lines>121</Lines>
   <Paragraphs>34</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17420</CharactersWithSpaces>
+  <CharactersWithSpaces>17043</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Mehmet Karadayı</dc:creator>
+  <dc:creator>Baş Editör</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>